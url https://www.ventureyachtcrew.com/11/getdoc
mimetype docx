--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -1,5883 +1,2628 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:background w:color="FFFFFF" w:themeColor="background1"/>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10621" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="198" w:type="dxa"/>
+          <w:left w:w="227" w:type="dxa"/>
+          <w:bottom w:w="198" w:type="dxa"/>
+          <w:right w:w="227" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3969"/>
-        <w:gridCol w:w="7369"/>
+        <w:gridCol w:w="855"/>
+        <w:gridCol w:w="2443"/>
+        <w:gridCol w:w="7323"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006C0C1F" w14:paraId="687601DB" w14:textId="77777777" w:rsidTr="00B105B9">
+      <w:tr w:rsidR="00E15005" w:rsidRPr="006F2C4F" w14:paraId="31EB4DAE" w14:textId="77777777" w:rsidTr="005D3AE1">
         <w:trPr>
-          <w:trHeight w:val="16018"/>
+          <w:trHeight w:val="4615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="855" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="3250A007" w14:textId="59C24AC0" w:rsidR="00E15005" w:rsidRPr="005D3AE1" w:rsidRDefault="00291AD0" w:rsidP="006F2C4F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="60FB24DE" wp14:editId="7E8388BA">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>47625</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>808355</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="234950" cy="230505"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:wrapSquare wrapText="bothSides"/>
+                  <wp:docPr id="1923570017" name="Picture 2"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 1"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill rotWithShape="1">
+                          <a:blip r:embed="rId8" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect l="3573" t="3574" r="3342" b="5131"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="234950" cy="230505"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                              <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                            </a:ext>
+                          </a:extLst>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="margin">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="margin">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+            <w:r w:rsidR="0084241C" w:rsidRPr="001E30DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="3D32E4F6" wp14:editId="7EC74D5A">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>39370</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="page">
+                    <wp:posOffset>459740</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="229870" cy="229870"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:wrapSquare wrapText="bothSides"/>
+                  <wp:docPr id="1641329163" name="Graphic 1" descr="Receiver outline"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1641329163" name="Graphic 1641329163" descr="Receiver outline"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId9">
+                            <a:extLst>
+                              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId10"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="229870" cy="229870"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="margin">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="margin">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+            <w:r w:rsidR="003E11F1" w:rsidRPr="001E30DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="3309E1C1" wp14:editId="62E366B9">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>50165</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="page">
+                    <wp:posOffset>1128395</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="215900" cy="248285"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:wrapTight wrapText="bothSides">
+                    <wp:wrapPolygon edited="0">
+                      <wp:start x="0" y="0"/>
+                      <wp:lineTo x="0" y="19887"/>
+                      <wp:lineTo x="19059" y="19887"/>
+                      <wp:lineTo x="19059" y="0"/>
+                      <wp:lineTo x="0" y="0"/>
+                    </wp:wrapPolygon>
+                  </wp:wrapTight>
+                  <wp:docPr id="830245368" name="Graphic 2" descr="Envelope outline"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="830245368" name="Graphic 830245368" descr="Envelope outline"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill rotWithShape="1">
+                          <a:blip r:embed="rId11">
+                            <a:extLst>
+                              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId12"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect l="6823" r="5997"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="215900" cy="248285"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                              <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                            </a:ext>
+                          </a:extLst>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="margin">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="margin">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+            <w:r w:rsidR="00E15005" w:rsidRPr="001E30DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="617CD95E" wp14:editId="73E872D3">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>60960</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="page">
+                    <wp:posOffset>1452880</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="201295" cy="266065"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="635"/>
+                  <wp:wrapSquare wrapText="bothSides"/>
+                  <wp:docPr id="1959105644" name="Graphic 3" descr="Marker outline"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1959105644" name="Graphic 1959105644" descr="Marker outline"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill rotWithShape="1">
+                          <a:blip r:embed="rId13">
+                            <a:extLst>
+                              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId14"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect l="12698" r="11366"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="201295" cy="266065"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                              <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                            </a:ext>
+                          </a:extLst>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="margin">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="margin">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2442" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:tbl>
-[...306 lines deleted...]
-                                <a:blip r:embed="rId10" cstate="print">
+          <w:p w14:paraId="4CB6AF91" w14:textId="77777777" w:rsidR="00E15005" w:rsidRDefault="00E15005" w:rsidP="00E15005">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4123A7CD" w14:textId="77777777" w:rsidR="005D3AE1" w:rsidRDefault="005D3AE1" w:rsidP="00E15005">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79059F44" w14:textId="77777777" w:rsidR="005D3AE1" w:rsidRDefault="005D3AE1" w:rsidP="00E15005">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1136A34A" w14:textId="545C6E70" w:rsidR="00E15005" w:rsidRPr="001E30DA" w:rsidRDefault="00E15005" w:rsidP="00E15005">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E30DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Phone number</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C31949C" w14:textId="5A3C6972" w:rsidR="00E15005" w:rsidRDefault="00E15005" w:rsidP="006F2C4F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6B4EAAB0" w14:textId="6960371E" w:rsidR="00E15005" w:rsidRDefault="00E15005" w:rsidP="006F2C4F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E30DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WhatsApp number</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EA290AD" w14:textId="6D452FBE" w:rsidR="00E15005" w:rsidRDefault="00E15005" w:rsidP="006F2C4F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="442B8915" w14:textId="5E06C2DC" w:rsidR="00E15005" w:rsidRPr="001E30DA" w:rsidRDefault="00E15005" w:rsidP="00E15005">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E30DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Email</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E72C969" w14:textId="439D2890" w:rsidR="00E15005" w:rsidRDefault="00E15005" w:rsidP="006F2C4F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="441C9E80" w14:textId="49191038" w:rsidR="00CA20FD" w:rsidRPr="00F276BE" w:rsidRDefault="00E15005" w:rsidP="006F2C4F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E30DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Current Location</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EB24682" w14:textId="7BAA0578" w:rsidR="00CA20FD" w:rsidRPr="006F2C4F" w:rsidRDefault="005D3AE1" w:rsidP="006F2C4F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="694333D7" wp14:editId="49CA4686">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>-685800</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="page">
+                        <wp:posOffset>1913890</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="2066925" cy="2066925"/>
+                      <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="2" name="Hexagon 1"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr>
+                              <a:spLocks noChangeAspect="1"/>
+                            </wps:cNvSpPr>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="2066925" cy="2066925"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="flowChartConnector">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:blipFill>
+                                <a:blip r:embed="rId15" cstate="print">
                                   <a:extLst>
                                     <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                       <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                     </a:ext>
                                   </a:extLst>
                                 </a:blip>
                                 <a:stretch>
                                   <a:fillRect/>
                                 </a:stretch>
-                              </pic:blipFill>
-[...68 lines deleted...]
-                                </a:prstGeom>
+                              </a:blipFill>
+                              <a:ln>
                                 <a:noFill/>
-                                <a:ln>
-[...1520 lines deleted...]
-          <w:p w14:paraId="0523C8C5" w14:textId="0FA648E4" w:rsidR="006C0C1F" w:rsidRDefault="006C0C1F"/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:style>
+                              <a:lnRef idx="2">
+                                <a:schemeClr val="accent1">
+                                  <a:shade val="50000"/>
+                                </a:schemeClr>
+                              </a:lnRef>
+                              <a:fillRef idx="1">
+                                <a:schemeClr val="accent1"/>
+                              </a:fillRef>
+                              <a:effectRef idx="0">
+                                <a:schemeClr val="accent1"/>
+                              </a:effectRef>
+                              <a:fontRef idx="minor">
+                                <a:schemeClr val="lt1"/>
+                              </a:fontRef>
+                            </wps:style>
+                            <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                              <a:prstTxWarp prst="textNoShape">
+                                <a:avLst/>
+                              </a:prstTxWarp>
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="margin">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="margin">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shapetype w14:anchorId="611B858B" id="_x0000_t120" coordsize="21600,21600" o:spt="120" path="m10800,qx,10800,10800,21600,21600,10800,10800,xe">
+                      <v:path gradientshapeok="t" o:connecttype="custom" o:connectlocs="10800,0;3163,3163;0,10800;3163,18437;10800,21600;18437,18437;21600,10800;18437,3163" textboxrect="3163,3163,18437,18437"/>
+                    </v:shapetype>
+                    <v:shape id="Hexagon 1" o:spid="_x0000_s1026" type="#_x0000_t120" style="position:absolute;margin-left:-54pt;margin-top:150.7pt;width:162.75pt;height:162.75pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhADbRHhTRAgAAGAYAAA4AAABkcnMvZTJvRG9jLnhtbKxU22rcMBB9L/Qf&#10;hN4be5ckbUy8YdmQEliSkKTkWSvLa1NZo460t359R5LtbNPSQqkfjEZzO3M0M5dX+06zrULXgin5&#10;5CTnTBkJVWvWJf/yfPPhE2fOC1MJDUaV/KAcv5q9f3e5s4WaQgO6UsgoiHHFzpa88d4WWeZkozrh&#10;TsAqQ8oasBOeRFxnFYodRe90Ns3z82wHWFkEqZyj2+uk5LMYv66V9Pd17ZRnuuSEzcc/xv8q/LPZ&#10;pSjWKGzTyh6G+AcUnWgNJR1DXQsv2AbbX0J1rURwUPsTCV0Gdd1KFWugaib5m2qeGmFVrIXIcXak&#10;yf2/sPJu+2QfMEB3dgnyq2MGFo0wazV3luijRw0kZTvritE4CK5329fYBXeqhe0jsYeRWLX3TNLl&#10;ND8/v5iecSZJNwghqigGd4vOf1bQsXAoea1hRzDQL8AYggEY6RXbpfPJcXAIuVe6tTet1sO5Z4re&#10;+e/9lN7gGuSmU8anpkKlhaeOdk1rHWdYqG6lqpLjbTWhIqihPfWyxdb41EHOo/KyCflrwvFIiBPK&#10;UUGlHqPUJtgaCKiTZbiJLCdiI8X+oFWw0+ZR1aytApWRhzgfaqGRbQV1tpCSsE+SqhGVStdnOX3x&#10;9eh1w0QFj8h6DPiKto/dBxgsf46dUKbq6uCq4niNwPI/AUvOo0fMDMaPzl1r+hcecabsmqrqMyf7&#10;gaRETWBpBdXhARlCGm5n5U1LPbQUzj8IpGmmuacN5e/pF9qq5NCfOGsAv//uPthT85CWsx1th5K7&#10;bxuBijN9a2j8Lianp2GdROH07OOUBDzWrI41ZtMtgJ6JeofQxWOw93o41gjdCy2yechKKmEk5S65&#10;9DgIC5+2Fq1CqebzaEYrxAq/NE9WhuCB1TAVz/sXgbYfJE8zeAfDJhHFmwlKtsHTwHzjoW5j477y&#10;2vNN6yc2Tr8qw347lqPV60Kf/QAAAP//AwBQSwMECgAAAAAAAAAhAOrhvpiacwAAmnMAABUAAABk&#10;cnMvbWVkaWEvaW1hZ2UxLmpwZWf/2P/gABBKRklGAAEBAQDcANwAAP/bAEMAAgEBAQEBAgEBAQIC&#10;AgICBAMCAgICBQQEAwQGBQYGBgUGBgYHCQgGBwkHBgYICwgJCgoKCgoGCAsMCwoMCQoKCv/bAEMB&#10;AgICAgICBQMDBQoHBgcKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoK&#10;CgoKCgoKCv/AABEIAVwBXAMBIgACEQEDEQH/xAAfAAABBQEBAQEBAQAAAAAAAAAAAQIDBAUGBwgJ&#10;Cgv/xAC1EAACAQMDAgQDBQUEBAAAAX0BAgMABBEFEiExQQYTUWEHInEUMoGRoQgjQrHBFVLR8CQz&#10;YnKCCQoWFxgZGiUmJygpKjQ1Njc4OTpDREVGR0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5eoOE&#10;hYaHiImKkpOUlZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4eLj5OXm&#10;5+jp6vHy8/T19vf4+fr/xAAfAQADAQEBAQEBAQEBAAAAAAAAAQIDBAUGBwgJCgv/xAC1EQACAQIE&#10;BAMEBwUEBAABAncAAQIDEQQFITEGEkFRB2FxEyIygQgUQpGhscEJIzNS8BVictEKFiQ04SXxFxgZ&#10;GiYnKCkqNTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqCg4SFhoeIiYqSk5SV&#10;lpeYmZqio6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY2dri4+Tl5ufo6ery8/T19vf4&#10;+fr/2gAMAwEAAhEDEQA/AP3yTr+FIynk0KQDzQSWOAa0MwXqPrTmUt0pFXHUUSZ4wSPoaB2G0U4r&#10;lRgUbPl6c0D5WKnT8aCobrQoIHNLQO2gDgYooooGFFFFABRQSByaYzHPBoAfRSb19abk+poAfSM2&#10;04xTcn1NJknqaAHeZ7UjA/e9aSjJ9aACiiigAoooJA5NADX6/hSspbpRhW5pSQOpoAjPBxRTv3Zp&#10;DjPFACUUUZABJoAQsAcGmsQTkUmSepooJcgooooJCiiigAooooAKKKKACiikb7tAC0UzJ9TRk+po&#10;swLmD6GhQd3Sn0UFpIKQqG60F8HGKTzPagY7gDrRkeopjNuGMUlADywxwaRWJPJptFAClmzwaN7e&#10;tJRQAu9vWje3rSUUAKWJ4JpKKKACiiigAoopGbacYoAXIPQ0UxTtOcUvme1ADjwDTN7etKZFIwet&#10;NoAcrEnk0jMTkZppZRj5hzS0AKGI6GgknqaQMrfdNFABRketNL4OMUhOTmgTdhWYg8GkLE8E0lFB&#10;LdwooooEFFFFABQeAaKRmxxjtQA3cx6Gly/v+VIp2nOKXzPagBNzetG9vWgnJzSUALvb1oLE8E0l&#10;FNK4BRRRVgXWYN0pKKKzNAooooAKKTevrSMwxwaAHUhYL1pFYAcmhyD0NAChwTilbofpTDtwMdaT&#10;J9aAHR96dUeSOhpVbB5NAD6QuAcU0N82SeKGIJyKAH0m8ehpuT6mkoAVjk5pKMgda89/aH/ag+CP&#10;7Lfgh/iB8bfH9lolhg/Zo5nzPdsOdkUY+Zz64GBnJKjkKUlFXY0nJ2Suz0F2CAlu3vXFfEr9oP4L&#10;fCK3kuvih8UdA8PpFHvb+2NXhgfHbCMd7E8YAU9RjqK/Kr9rz/guV+0J8WHn8N/sw6HceDvD8haM&#10;61NaJJfzDBGA7h0jznqiHHaRTg1+cXxU8aaprOoyXniXxBNqV0+/7bc6zrTzPKcltxPnAsOerbcc&#10;881zyxUL2jqd0MBU5bz0P6HtX/4Kf/shafcW6w/Ei3vobsj7JcaVLFeiYEEghIJGlQYDHLouAuWx&#10;xnV0b/goJ+zJ4o8J3vjDwh8WdJvoNOSOTULd7hop7SJwCJ5YyNwhUFSz4IVTk9q/lxv/ABONNu2u&#10;dGvjFOZCVNg8myQYPysrTFSOc4xjnqaS0+Nfi3SLyLUrTxBe2kghkSOaG6dCCxLEE5JySX5PaQ9c&#10;tTjiGt0RPDU7aNn9PXwP/bd+H/xg1bVLu38QJb2FpOQhuZoxsd7qWCO2JVirbgiMpBJO58ngCrXx&#10;O/4KA/Af4Vzy2viTx3GHim2zRQ6fPJ9nG8Jl3QbF67sMQdvIzzX83PwS+N3xjubN7DQ/EdzDam4+&#10;2XIcu6LcCMpnaOGIXd8vAOQCDgCun8efGXx1cWX9nf8ACW6lJM0rvO630oeRmwX3lRj5iFJAfbkd&#10;+SbeJT+yKGEju2f0XfD79u79nX4gyQDQ/itoz/apAtuzCWONmAyyCRwI94xyu4sM4xkgV7Bpev2O&#10;qwLcWk6SK5+Xb/P27fmK/khb4leKvCt1NfaBq2oWU0uPPvLa4ZSwA4+ZSCvIBDH5gcEdSK+p/wBj&#10;H/gtb+1d+zHrltb654zm8X6DGqLdadrV9I7TRqCcLI5zvBIy52v33EcGFiEviQPCX+B/ef0hht3O&#10;KWvBv2GP2+PgT+3R8Nl8Y/CnxHt1KzCprvhu+KpfaZKQSFkjGPlIBKuvytg4JwQPd0cFQSe9dCtJ&#10;XRxzjODtJWHUUUUEATgZpA4JxTW3ZPWjBHY0AOLBetI/Kg0gIP3jSsQRgGgBNw27aSiigAooop2Y&#10;BRRRVJWAKKKKYBRRRTTsBcoyOmab5ntSA4bdisjQVnIOKN59BSE5OaSgAooooAKKKKACiiigAooo&#10;oAKKKCcDNAASB1NGQPf0pjMx6AfjXkH7Z/7WPg39kn4PXnxA8RXEUmoSK0Oh6Y8203lxj252KCGY&#10;9hgfeZQZnONOLlLZFQhKpNQirtnNft5/8FAPhv8AsWeCJLrUHi1LxLeW7HSdFEu0E9Fknb+CHcCO&#10;PncjCg4dk/DH9qL9sL4g/H/4gaj8T/iZrdxqOs3AX7PJfDyjZqu7bFa26E/ZFHIVvmkJLfMpJUyf&#10;tZftK+Nviz8SNQ8b+O9Uur/VLqTe0k+BI/BUZBOII0B2qgI2hdqsfu14VYeEdf8AGesGwS1WWTyy&#10;ZLWMbljyeQ6BeCPSTJ/6ZJjdXkzqzxErvRdD6KjhqeEhZaye7/yMrUfF3j/XzJd6VcRpbCPJu42A&#10;i43Z5IJbk5JJUc9ex5m58GmcLc6lrzM6gtINHt2APcZYKm5jwDgsBjg9a9g1+/8ACXgSwMpvf7Rv&#10;zEXiu8FrcYLKvlgEblUDHm5wSGwQMKPIfHHxVi8TO8V04WZABgvlGXOOMgEHPuevtzVNq+hlWVl7&#10;zOX17w9pMc0scUF2pIJ3yLlz05xyf1rhdb1fULK8fTLXUfPQ4ZkfJCkYxwenU/nXU6rfttLq4AYd&#10;Npz64/iyPwP0rkYjfavrZnuAvmR4CSIcgLkDuenOPqRwK6FsefJXd0e+/BO9mh0WGIala2kRhAnu&#10;LhNz7jyEVd4XoehOSWzgDaTseMr7TbuBYbvxKs4J2hLWBF475AABH6Dj615P4P8AGev2tubWGGXy&#10;o8KQsbkjHXhSCF4zxgcc5roYtcOrBoL5YvMI+aNZmUZ6fdZmBPIx0yT7ik7mkZJKxm6rtspw9nd3&#10;QiDbmOQwbjuuWxxnsB+ZNVLe1E0fmwNJGxU5aIZj3cnIyfl4zxnrTtVtrvTrt30pgHIBkhuIxGSe&#10;nXdyOnr17VXsNT0+4laG5jVLlc+faljhuMkr64PXAyM8VL0KVrnon7N/7T/xc/Zf+Jmm/E34VeN7&#10;nQdf0klYL2xmKZj3BmhkXaUlgZ1UvE4ZMgMUJAFf0c/8Ev8A/gpp8N/+ChXwoXULWWHTPHGi28S+&#10;LvDZODFIcD7RACxLwMc853Iwww5Vm/l91W2lX947bzEMo4IJkUD1HVlHfuv0r1L9kH9qr4t/sq/G&#10;DQ/jX8IPFJ0/W9Hn3RCRj5V5ESN9vOARvikX5HBOcMCOVUhQqSoy5o7dUOdFV48r36M/rXWRj1A/&#10;ClV8nnFeN/sOfth/D/8Abg/Z20X48+A2S3a8j8jXNIM2+TSr9BiW2c4GdrdGwNysrY5r2KvRjKM4&#10;qUdmePKMoScXuhxc54xRuypzTaKZIUUUU7MAoooqlEAoopDnHBpgLRSDOOTQzbTjFAC0ZHrTfM9q&#10;aTk5oAkyPUUZHqKjooAuUjfdoLAU0sTxmszRiq3Y0pYCmUUE3HF+OKTc3rSUUBzMXJ9TQrYPJNGC&#10;RkCkwfSgabFO7rk4+tA3EZBP50ZJ4NGSOBQF0KrY65pFbB5JpKOOwoC6HF8jABzTdxPejnsfypkj&#10;gDaOp44FAcyM3xp4x8PeAPC2oeNfFeqRWWm6VZS3l/dTvtWKGNCzOT7AH69K/DX/AIKJ/toeIPj9&#10;8Tbr4ka1eSRaSoEHhjR44yXgi5ZE2bsmVgQ7EHlztAXZvT7K/wCC0n7XunaPpUf7POh3pe1tBDqf&#10;jZudkoB321iSGGDkLMy+8AOdxFfjb48+IOpfE3xG19qtlHCtxPsis7K9QFlJxt8zDDaCAHIYgnKh&#10;cKdnj4yr7ar7JbLf1/4B9FltBYah7ea96W3p/wAEzNSubvxZrst/KphtpLookMQMmGOOEIH7yTG1&#10;d+RjO1QAVJ7aKeHwT4IXVmthbWjO0dla2qiU3LAY3uQAHyDnAPCsrN5asiz3fhp8I4tXRUVbmAvt&#10;+1ajN5axwxtyEhdwfMLY/hQq3Jb5T86ftJfF34S/BeEJcLFfTw24S30q0xhV5IzK5DA5JJOVZm+Y&#10;hjzXNOqk+WKud0aTac5Ox4H8SdT8a+JNSmub0CIbtxSSZpXXPdgvyjPsAvYHFeb6povieOU5s4p1&#10;AwVkmj5H0ySPXrXbz/tPz+MLoxweBEtYWPyeTflVxzyQke7r3465war6hs1y3Fzc2moxu6/Ibe4Z&#10;42P1YBh69K3VZ03aSscU8PGrrCTZ51eJfWSsZtFET4+YWcjg/UgMT75NT+AdDunmudRgHmnyjtWS&#10;M7wc5IIGAcYJ46YzW5feEJLjL+ZdfL91ixJPTgkjp9Oa1fBlm+mXfkS2ymMglsuDtA7ruYYIGeck&#10;9a0+sQa0MFhKqlZlHwbP4Qt2ks9T09VmkBbz2jmkK9QcMBs7/dzz+h6y48L28lqW0e5WWFVBjSO3&#10;ZTJxk/MzkcDnZlAvcVzyWl9BrSQ/YIZ7OUDeJYAV3HqAxHUccqQfT0rotGs9c8NzfbtMiM9u4A8o&#10;kF0xnhWIG7n+8Dk45B4qvbRa0YRw0lL3kczqxMFw0JJUbefPt9hPT7y5YEc9VP8AjWU6SXbRiNts&#10;sL4idZACj9kz6H+H16Gu21vT7HxVavewPEsoUNtKELN6gjqjc5x1GDjpXFXdncQyPviKvtIcHqVB&#10;x9Dgkc47A+uSNRSQp0XBl7RdaOrRGzv4tk+OQPlw46+69M+vcdCKrz2U+m3ZZF285Kt8uOoPtg88&#10;dOcdqqyJHM39pMGSSEATMOCx6hwOoOM/99exrXMyazpkeoCSMTxt5N6gH8XYnHsen+171MvdVxx9&#10;7R7n6Cf8EHP2/bn9mH9o2D4beK9UlTwZ8QbmCx1KCSXbDYap8sVveHOMKQfKdv7u1myYVFf0J2V2&#10;lwgIZs4ztcYYexHr/UV/Hr4O1UadeiCeZlIAxv5OcHj34APuVY5r+lr/AII4ftdP+1z+xJ4d1zXt&#10;YS68U+ESPD/ib5iWMsCL5Mp3cnzbdomLdDIJPQ1vgqvvuk/VHNmFG8FWXo/0Z9b0U2NlZAwPH1p2&#10;R6ivTseSFFIdrdT+tN3MO9AD6KZvb1o3t60APpCQBk03e3rQWJ6mgBS4xxmm5J6mijBPQUAFFGR6&#10;ijI9RQAUbm/uCkLDHBpu9vWgC3RRRWYXCiiigAooooAD0pASeMYpTwM0m8ehoHdijpRSbx6GjIKk&#10;0CFopiMBmnEgDJoAGOFzXE/H74uaL8DvhRrXxH1y6jRdMsXmjWQHDyYwinHYsQCewJPauyeRQT82&#10;AOSc/d96/Oz/AILxftMQfDX4IReD7i4hjGpM89xBvHmpZwhJMbWGcyPtbAOCIlQ9TjLEVfYUJT69&#10;PV7HVgqCxGJjTez39Op+T37d37QesfGX4oXkOuX7TXt7qL6lrDKSBJNKcxR8qSwjQ5AwArHuUXPJ&#10;eCI/D1oVt7HTYLvVXRdtpGcpbbPvLLKWJKLjDBMb8kMRjavnemNqniDxNHrCrPPql/cO1uJECtE5&#10;5mlVQTzHu2Lnb+85z+7UVuP8T4fhnZ3FzpN1BPcR2cVv9oT5o2m2h0CNtG6JFywPceW3zedlfn+W&#10;0bdT6vnTnzbL9D0T4yfHjTvhZop0iDU2vNZNuDI6RkeWxTbgKx+aZhks7chTg43bK+cNG+Hvjn44&#10;eJDquoW8tzPdSg7jl1TJ4Az9ev8A+s9j8A/2dvH/AO0945/tC2s5zp4lLPcTAguxJJZu5JJyT3Nf&#10;pn+z5+w54Q+HmmWcf9kxySKo3ylcknHX371wYnHRw14UtZ9fI9LC5fLGWqV9IdF3Pjn4Nf8ABP27&#10;WGK5vdOHmNhmDITk+9e5WP7Dmmxaf5TW0S5THltGDweD2/rX3L4Y+DGkQWQS202JCF5yADmpde+G&#10;lpEgSKDjb8wFeRNYusuecj26dTC0PcpxSXofn34m/YKubqJ007TNNjG0CN2gYvgDAHUfr3rjdO/Y&#10;N1C31UzX9q7qCAwD4BHfvn/9dfolqnhFkjeNYsFRgEDGP8awLnwksKMZogTgkEr9a5+fE01aMmdM&#10;Y4ao7zimfDvi39kfRbbRjZPZjzgV8sKuQvzA9e/T+eK888Wfs6applnJPo7futv+qwcHjgjj079+&#10;hyOK+8/F3gpJFkEmchT8yNgj/wDVXBar4FjuIZIfJGOcpgcE8ccehNZQxeKoyupHTLDYSqrOKPzd&#10;8XeHtT0TUZPMgeOSGTLMjEFtpGWGev5ZxnPTNZmtx22r2kepW6oW5EnHKMRjPupJAOemc44NfTX7&#10;S3wlt7a3n1C0gJ8sgoMYZDnofUcDGenA7A184W8NtY6l9mmQLDcIwxsyDn7w5+7wD652kfX6fL8w&#10;WJjfqj5HNcr+rS01T2OEdBY3STKu6EN5T8YIHYe5HUevJpsM50TWfLkuALO/i8q529ARgq4B/u7x&#10;j2BrX8YaX5Opy6Y8qlpFOHRMCSROjgdtwKnjs1c/IrXlgba7bbJFtMW3r1yvp0Y7f8mvci1KJ8xK&#10;LhP0Ohms5oi9uJMXlsyspDfexyjg/Ud/ev0k/wCDd39rK6+FX7XFt8Jr26aHQ/ifaNpc0DShY4dT&#10;t1kntnwe52T249ROnXivzZ03VJrzS4taVP32mKIb5HGSYiBk/TJJ+hPpXbfBPxjrnw9+Itn4j8K6&#10;i9vqWkX8Oq6RdqTvjlidWUg9iHSJiR0KN61zyk6UlPsdMYqtB0+kkf1wQHLNg8HJH5mpK4j9nn4w&#10;6R8e/gv4Y+M2hIqWviXRre+ECPu+zu6ZeEn+9G5aNvRkI7V29fQpqSTR8xJOMmmFFFJvHoaBC0Ug&#10;cE4pTwM0AFFJvHoaN49DQAtNdiDwaRjk5pKACiiigAoooppXAthgeho3KO9ACg5DfrSMF5INZAIz&#10;HPBoyfU0lFADi3yjB5o3fLjPNNooAMn1ooooAKO2M0UUAJsHYkfQ0hYd3Y+gzQGOc54FK5wpOcU1&#10;YCrqGWtpIwB8wxtL4ySflGfc4/CvwQ/4OHvjzN44/aVb4W2ct1LBp8kNtPDboAjRxE3Eznkjarxu&#10;SSPunHQV+82v3dpa2TXGpSbLWFGlum/2AGyfyyfwr+T/AP4KlfHvUPiD+05r0ujzyS32sazPdXOp&#10;l8+UJJUYxw/3VAUjd1IYkDj5uDMLznTprq2/u/4LX3HrZYowhVrPokv/AAJ/5JmLf+IU0e1OmaFB&#10;bwXeoW/kTfZRhILfBCW4PU5+dpCfvZY8ecd7PgV8IdW/aV+K9j8P/D4k/s22RmuJuo2lwzuTngyN&#10;g/TAPavPr3xU8mkyW+mXO6Yx/Z0kBwsEYIV5SR3bDKD6ue6ivu//AIIw/D20Gmap4lForTkrGHzg&#10;xjoPbHXj/CvGx83h8M5x32PoMthHFYtRlstX8j7J/Zr/AGdvCnwe8KW2haJpkcYjQKzBAC3AH5V7&#10;notjBEERY1G0cZrH0OwWGFFZCMKCwz3rZszLG4aN2H0OBXy0Gkz6+a5lY62wbGFaXjPyjODUl/ar&#10;KNpjHXJOOtV/DnnSIDg8e/Stm4hYoS2MYJNdqleJ5slyyOH1nSYnZmCADPp3rnNQ0ZHRmRQWx83F&#10;dzrMflrtYc55GOn+cVkXNikkeSAQD83tx+tZTim9TWFRxR5fr+hpKGAjBBPOPUcVwPijw6vM8Bw2&#10;3Ax7Zx/Ovbdc0gHcx6nn6n+lcF4o0iMBnIOe+BwK5K1O8T0KNR7nyv8AHDwrcXVtPFMikY6quSfx&#10;r4t+JPh5dI1uazP7sPL5kJ4IVxjnHbkD8Miv0X+Knh0zWsuImY4O04r4t/aL8EPHcy3yQg7GLE9K&#10;zwNZ0MSuzOvGUlicG090eDfERIb/AESDXrYMjW4UMpyWCrhHBPfCMv5fWuTuUt7pftRjG2RcTKON&#10;ysSCB753Y9/rXfXVtHe2dzZTMgWVWjJY5A3g7j7DJVvz9K82slkhtjZ3IZNkpSRWODjIGT6bWCdP&#10;7rd6+7w0+amfmuLp8lU0vCl+tvr0s8jRlLuNjKrjAYnufo4yc/wnHaui0+VdFu7S5lkZTZTrgIef&#10;s7Lw3uQpccfxIfeuQtZMOLhYgGEh8yIjvjDr+OGwf9nHQV2diq3lp5UiCTdC0aNjgBhgMT6hsces&#10;jCnWSIoSa07H9Bn/AAb+/Gy4+In7Ha+ANSu2e58M6hMgIj+TbNNLKQG6Nyc4HIyc9RX3rG+5DnII&#10;ODmvxV/4Nl/iokfjrxJ8Pbi6EJnsVkNqqjfI7EcsTkkRmI7QMf8AHxITnI2/tHBMfMCM2QU4OeD7&#10;16uAfNhIrtp9x4+ZQUcXJrrr95Pk+ppKXj0/WkrrscIUZPrRRSAKKKKACiiigAooop7gFFFFGgFi&#10;iikzzjBrOzAWiiihIAoooJwM1SSAKKTePQ0BgTgUWQC0EZGKQkAZNN6ncBxTAci7F25zTJJBgZHc&#10;UrEE5FMfghgPu9P50WuB5R+274ui8Cfsl+P/ABPLdPA//CPz28c8W7dGZVMQcbefk8wvn/ZzX8if&#10;7QOv3nib4mSau6+ZNfTyTZJwVVpC8QBGCMlkJ5PG33Ff08/8F0/iHJ4F/YK1iGO5MY1G8aKeLzMC&#10;4jW0uZDG3qpKLx6gV/Lb4x1J4vEg12dhIwyMynhj5hbP5jPtXj4ibePsukfzb/4B72EpL+zNftS/&#10;K3/BDTJ5A6aHcwyxbpAx35+cAEAnAzjrgdOST1r9jv8AgkZ8L5/DvwEi8QTowOoXBk3FRmQdAT9M&#10;fqa/MTxd4Z0Xx/ovg3x/4Q0Z2WTfBqKpHlkdSm0OB90jLcnjAB71+3H7CfgpNB/Z38OWHlbtunqz&#10;ADBPGa+ezPFfWKMEtHd3XpofU5Zgng69R3urKz7p2Z6da2tvbQy3t9MkMEKF5ZZGCrGg6sxPQe54&#10;rn4P2qv2VLLW5PDN38dvDAu7f/XK+rRKiD18wkIR64JxXBfH34ceLv2gfEDeAX1270jwrYSA6hJb&#10;vJC17J3V8Mu5R2A4zya8h+JP/BPb9myx8Iz6Ppni7VbK4f5l1Jpw/lsAATtbAI9QSM+5wa8+ksPT&#10;jzVGem1Vq6RPuDwx8QPAPiFVufC/i7S9QjcBkNnfRy5HTPymtG+8Y6WoEZdVPbLDk1+Mnin9jv44&#10;+BPEDal8L/jRZzpE+6K5s7p7ScDHcBSC3HXdntk8Vu/Dv9o/9vP4a65BpfjXXtYvrWKUpm8gW4Dp&#10;jGd/z5BAB69+3NbTnh5QvSmn8xQw9RztOLXy/wAj9Y9Q1qG5kURHIK59u/XP1qGa4jjUhSDzgA9a&#10;8N+AP7QWofEnRI59VsGt5emGJ69D1z/k16pe6i4tzcBuq8uTyDXH7RM1lQcXZhrF3AsZkdxkckE9&#10;K4HxPqdsxZpXQJg7mPHHesD45fG6L4e+Hpr5wC4QleMjP0HWvgT46/Hn9pT4wajcJ4Qk1S006SfZ&#10;HHAxiULx94nBPOe+MUU4qtKzaXqb2dKnzWv6H2D8XPit8HPBelHUPGXj/TLONUJAluQXb2CLlyeR&#10;0HeviX9oH9rr4J+IJ7rTfDvhrUL6MsVS6RAgPvtJ3AfUCsLwT+yVquv3za58ZPiELeOUl5Le1m8y&#10;VzwCdz4C/grfWvW/DHwl/Yw0PSW0hPCS3c4QrJe6hOZpCfXJOBk8YxxWv/CXSercn5bfec6/tWqr&#10;QioLz1f3Hx/pXi7Qte1W6i0W6zFIu5kmT50QkA8e2Qc+mfeuf8S6Mq6zJMqloLyEzGNDhl3AiRdv&#10;Xhg/TPzKema9M/ah+Dfgf4V/ECDxp8LEzZxvuns4pNyyoRh0GeRwehOK4nxPYS3OkfbLMLLNYMXj&#10;kPIdDhiB7H5XH/XUH1r6DC1acoJ09vM+Yx1GtGo41V7y7dTj1mbSpDeTKXRmEdyrA8uDtJHsc55/&#10;vV1/hp3/ALNdYJjlWDrIv8QDDGfX7oz7gHoeeV1O1RBIUJdLiIywkAnO1RnHXkoc49UNXPAmvmyu&#10;oJHdXiaTy5k5CtlcA+x27Qfw9K7Je/A82L5Klj7U/wCCLvxPh+Ev7dmg6fHNOo1ZZ4LNonCnz3XK&#10;ttY7W6FAD/z0PI3E1/SPY3KX9vFdKFAcZXY2Rg88Z7V/Jp8JPHNx8Kfj14W8f6dPMh0fWba5jmgf&#10;DqoYYPXAJ2D6Zxk1/VJ8E/EcXir4a6PrqSpIJbKPEiMpVxtU5BUkc7uxIPOCetdmWT+KHz+//hji&#10;zWCvCa9P6+87CPdj5jn0wMU6kVlYfL0pa9JnkBRRRQAUUUUAFFIzD7tMII601YB3me1Lu+XdimUU&#10;2rMB3me1Hme1MJbPApaLJAXKQbd3HWkViTg0hOGyPWpAcWAOCaN6+tMJyc0UALvb1oLE8E0lFABQ&#10;CR0oooAUsT1NAJAwDSUUAFNf7p+vFOqKdnwVUds5/CgD8z/+Dl/xV9h/Zz8NeFYLhU+03GoSupJ3&#10;YCRQqw/7/P8Ap9K/nO8YpJcBWjdl3KrDI9Sx/rj8a/e7/g5y8TWc9n4e8LRSSefYaI1xKpYbQs0z&#10;lABnqxt2BP8Asj3r8H/GNtJbaXb38aAiMANjuBz/ACJ/KvnZVObMalu6X4I+qpUksqpXXRv/AMmP&#10;avgpq8PhiCLw3d2Anhv4QRzjyZlXKNjuDyh9m9q/c39liCKx+D+h2y4/d6ZFnI5J2DJ/P+dfhx8A&#10;9Cj8ZeOtF8PtOI/7U8uKzlPK75OFPJ6ZPNfuT+zXC8Pw9stPdyTDbpEWz3CgH+VfKYhv60n1d7n2&#10;0Ulg0ltoRfGLWv7M8P3WowTpB5KFgip1OOSQBk/lX5uXPxv+K37Rnxiv/hn8F/DN/wCOPE6SmRbZ&#10;NVls9B0e1R2R5Li4hKzTThthC7WQfdMbdW/UPx54D03VLdje2m9WGGyevXj6c14rq37MvgfRfF6/&#10;E7wjbS6Lr0EYjg1XTWeKSPB/voVJU9ShO0mtMMsMsQp4iPMl0M6kqywzp0J8sn1tc/NT9p/SPj98&#10;F9OvtT8Y/FHwgstr4sOgPpeneH44rmadSBLLGHR5REkrmMO0wd1VWA7jvPgFr/xv8CwQXPxJtZ1s&#10;X1Gay+0maSezNwjlWiMkhLW0xypRXZkcMACGJA9u/aw/Zw0P4m+LZvG3inVLyW6eZLq5Nq0aefeR&#10;oka3TKYWjDbY0DbVDHbncTknkfBPw38bapplr8PYdQ8Q3egRyysdPskgRXeUsZXlkMRMjMzOxZsc&#10;nOARXp5piMirwcaMLNrpvc48owOf0a/PiKycOur2/T8D3/4HeIFm8RwW8NqypKTJG3lkEr3JBGR1&#10;6V9P67p8A8Hi+jQYABJXqeO9eZfs+fDjTfDujWsdxprNcwRSH7RcTLJKgkIO0siquOSAoXAAHpXr&#10;PiKHyvBVxZxAcI20evFeFTpckD069VTradGfFH7Rfi06jrz6RbwbhG4LDbk5/pXkfiPRvFuu3tj4&#10;b8D2d0brUrpbWwhsoFlvtSnI/wBRaI+F4H353/dRDkknger+N9JgufHs11dxlxHM29QepHT9az/D&#10;fw28P+G/Gz/E7w9qfiKTxDNhV1dNW2NZx4AEUARVEUYHGznIznJOanCxw86ilW2N6s60abjSdnbQ&#10;+OP2h/BPxq+G17pen+INY8Lwr4q8TXuh2WkW0/8Aat4tzazvA5nku12qhlRlV40VW2bgihhXI+O/&#10;B3xp+HXgm1+JQsbK40l7iW1um0mH7NcadcwzSRSK8KgJKheJ8OuMjHyrX2D8XP2afDnj7xhbfEKD&#10;xNqy67FqzajNPdOm1rh8eZKB5XyOx+YsOWbduBLFq5b4mfs4at4r8K2/g59bu73T7N2a2SbkBmZm&#10;aRguAzszuxcrnc7HPNfUyx+R+yaVP8tP6+Z8pTyrPnX5p1/xevyPlG/8Zz+PPD1rfJKXSe32yx5z&#10;sk6H6evPPTNYuiWs0NuLO6l2ggWshzjYy/6p/wDvnA+qCvq2/wD2Qm0fwtbyC2kLWkGEYggsMdT6&#10;185+O9NXw94sfRb1RB9oV0d+AAVAYNzxkbc15mExVB1HCnsejj8HXdJVaru9jzy8spoS9o8agwOb&#10;iJQnKOhbzFHHPylhj0x074FhGmja5LAvzwlxtZGPMTjcP1xn0zXY+Mobmzv7fWVBLNLsuVc/ekUD&#10;eAO2Ub8Tz2rjtSRYdcVC/wB5PJLHg/KxVf8A0Hr7V9BTldHytWPLL0O5u765k0mC/tpgXhzGzMvL&#10;7SkiHgZB4fkelf0qf8EcvjFP8Yv2G/BurXd/589lpYs5ZfmIIR5FWME8kKiL16bz2xn+Z3wbdXN3&#10;of2KTBaaPbI3GMgMvPT+Ij9B71+5X/Bs58VBrv7Omu/Di4eUz6Dq4jcicsoSRcx/IOFyY5ct32j+&#10;7V4Kfs8Yl3TX6/oZ46PtME32s/0/U/UmIqo25xTt6+tR4VskfnRhh0b869+ybPnSTevrSM5z8ppg&#10;U9S35UFgOpqWmgHb29aN7etJRS0AMnOaCSetFFVfTQApNyjvQxIGRTDyc0LXUBxc54NLvX1plFNg&#10;XKKKKgAooooAKKTePQ0oORmgAoprkg8GkyfU0APoJwM0wFicAml3YBDdadgDzPao5M7ePUU6mz42&#10;EFsDPJHtk/0oVgPxP/4OUPEkGr/FqTSlKNHZ6FpkLNznJa7lIH/AWVjX45eOrYrpMVlGgUvuDnof&#10;MwhP/oLCv1L/AOC/Otyaz8dvFMyykyRtAkCl/lVxDvHHbCOoGcZ4PTNflt41Ux+HjLIcM14xHH3M&#10;hgOvpgmvkacnLG1Zf32fbzgoZdSj/cR9Bf8ABPD4ZH4yxXdhZat9lvrDTY7vRLiVSwtrpZcdvu4f&#10;8jX7Hfs2X2rr4AtJ/EEcaXwJ+2xxfdE3G8L7bs1+Hf8AwTW/aL8E/Bj4qXWkfEXxeNHtLyb/AEa/&#10;uWxAMuN0TsQQg+UEE4GcjIOM/tp+zV478EfErwTP4k+HfiSy1XTV1J4RdafdrNH5gjjZ03KSMgtn&#10;HuK8HM6VSlmU7p20afT5fqfS5ZiaeIymlZptXTXVPz/TyPbYYF1208lsbweDisHVfBt8jOzQfLz3&#10;4NX9E1JoZ+flVThmJ+nSum1K8s5rUZmDcDgfz+tXRhCrC7epU48jstmeN6r4F028mzdaVC5Ld4gM&#10;/pUNn4M020vY7Q2ixAj7wUcj0ziuv1nWNK092klnA2sS3TrXnXiT9oLwvpviCDSbPT2vr+aTZb26&#10;tjJ9SfT/AD1rlqSp0tWzohSq1NIo9G07SNO0xVtdMRFReeO59frV7xdCIfDJZF5K5OfcVS8N39xq&#10;2xLrTlgLKCxQcD6Z5q541uFuPDzW0YDEZAPrxWkGrORyuLU0j5C8d6VB/wAJbdqg/wBZJn0rc8Fa&#10;NYOEgljwx53KOtYnxge50HxW93JC7Kx+UL65/SmeA/HugjU4rO6ujbzBxsEg+Vj6ex4rgjNQm0em&#10;6blBNHq8nwj0nVohcyQRuAnDKMHNVZPhVotkdsdkFYf3l68fjXW6D4gtrm0VY3+Yrxk8H3FXxNDc&#10;IUKhSR3HFdLhCWpjFS6njvxB8EW0emSotuNpQg5XvX5x/t7fD/8A4R7VE8R2VuAUmycjjgkkEdxy&#10;a/Un4heU2nOmAW5xxmvg/wDbz0SK/wDB97IycpExBx3qaMvYYqLXc0r01Vwc4PsfGzzN4l8PTx22&#10;37SI45UOOTKg3I31ZRsJ9q4vxST/AGjpupIvli7X5VPJUnOfxDevpVj4deKvtF/IPtCq63bxoeoB&#10;U/Ln1UheencdGNXPHWmRtBYmMMvkaqEjUHPlo43bSe4G0898Gvsqd6cuVn59WtOHMix4TEls1wz8&#10;CNSQG6j94rZH8/8A9Vfqf/wbH/Ej+yf2iPF/wkCny9c0Bb0P52BvtyygAdztuZT/AMBr8rNCn2wW&#10;shUN+9jic7jlgR6+58zP0HpX2l/wQb8cT+Dv+Ci3w9dbtxHq32rTZ9su3eJIJlxn1ztwO5pwk4Ym&#10;EvNf5EOCnhpx8n+Cv+h/SVayOYg0nJKjJ96mByM1XhAVAA2eec1IG9G/WvpXY+WJCcDNN8z2puT6&#10;0UlcB7Nt7UB8nGKYST1NFFrAPL4OMUnme1NoqrXQBRSEgDJo3qeP50JWFdC0UgIAPPejePQ0ybsu&#10;00Md2CeKN59BTTyc1mWOZjng0m9vWkooAKUMRwDSUUABJPWiiigABIORQSScmiigAqDU3xatn+IE&#10;YzyeDUxYDqaqai5Nq/zAHYevTOOKAP59f+C4M3274/eJJjMjINUWCQLFjc8OmwIc5OWwyMOR296/&#10;OXxVp8l58PZPNjJZZRsGeUG2UMMjsSTx2r78/wCCsWpyax8SNavpJVZZvEurSI20jKGIFTye4Az1&#10;618MXdhI/hO7ClQ6x2/3vUzMOh92/KvicLUvVnLvK/4n6DiabjQpx7Q/RHi72KzQyXKNkecw2jjD&#10;ZOQffOfzr9lv+DcTV7TVP2NfGfhWCQGbSPH73GwdRFPY2m049C0Un12mvx70WxaW91LTUTcrqZIR&#10;t64J/kNyn3Br9Hv+Dan4wJoPxd+I/wAAr11Rde0C31e13uPmkspWiZVHUlkvdxx0EDelenmUXVwc&#10;12szx8pkqWMg31uj9WH1M2h5lK7aq6h46EaMiSkAHkqe4o8XaVcpF5tpnPY+1eIfHnx54i+HPh59&#10;Qg0ea9luJUgtoI3C75pHCIMngAsRk9hk9q+JnN00foFBe3kki18a/jFbaTZXNy9wF2oed3Wsr9ln&#10;4Z6x4l1n/ha/i6yfc7BrK1b/AJZx5yN3ueuOwxWD4I+Dp8eeKEu/iZ4utprm1l3/ANkW3CRsCeG3&#10;fM2D3IHrivqvwV4csdM0mKw0tVaMKOEXjH4fh+VZ0KMq1Xnn0OjE4mFChyU93uyvP8U/CNhrK6HM&#10;ZbW842xXNu6JKO22QjYfpnPtUnirx1oglSx+zxoGjAC7uScda0dc0YQ2Unm2kcnyk/MoPGfevCvi&#10;ZbatdXPm6RMIjE2wRvGTgEjOOR6dOa7Kk5Uo6nBRjGrJOxxXxv8AFXg6bW5Uvr60gt0kIee6uljX&#10;P1bivHviellqFxa/8ItqCkRoWaaFgysONvPf1rtvE/w5uJ7hLm50dbiYnctzIhYgZycE8gZrLbwD&#10;f29tk2WCByoXgV5s7zldI9WnJU0XvgX8d9SspE8JeMZtkqgC2nb7snt7GvcIfGNpLbic3yYYZAB4&#10;NfMfiH4etfQu0sQBX5lYcY961fh9P4y0u8ttBur6W6tbretnLIw3Aou4qcdRtBIPtg9aI1ZQ0LqR&#10;jUV4s9W8eeM4haTLbzhmGe/NfH/7YutwXXgTVLhnGyO3dpCD0wMmvoDxU87QPDuIcZDL1r5R/wCC&#10;geqQeC/gLrE88gR7qFoYvd5CEAH/AH1mtsNz18XCPdo5sTOFDBzm3sm/wPz/APhVdXD6tLIGws0p&#10;bPvlT/Pj/gVeu6hZtqfhWWRbUebABkZycBiAx9wM9+g/Py34UaYkMwuHQhmcFjjoAOn6E/hXrenS&#10;ixt5GlUFHiKsu3O75+3PfIH5ivu8VJe30PzTBRf1W0jmNOvJY0t4Tw08qDP91lQNgf8AAnYV7x/w&#10;Tt8av8Pf2vvh/wCLpJHQ6d41gld40BcYuVBxnoc557V4Bq0E1rrGmrak+RECyg9A28DB+gB578Gv&#10;S/glDdt8bNLk06YLJJ4rRI9y8B2mBwc8Y+Yn6EVlXdo3R04ZKU1F7bH9b9kRLAJQQ27kFemO2Pwq&#10;XAHQVzHwh8VWfjX4VeGvGOmSZh1bQLO7iGQQBJCrYyOuM4rpVYk4NfUxfNFM+RacXZjqKKKqyEFG&#10;R60U1lxznvQA7I9RTWYg8Gm0UAKWJ6mkpCcY+tBcDoeaCHuDNgcGlqMnJzTt59BQIvUUUVmaBRRR&#10;QAUUzJ9TRlsZyaAH0UzJ9TSruzzmgBTnHBpN2OGp1IVBOSKAGSfOCB6VmeK5fs/h+9uVXJS2dgAM&#10;9FJ/H0rW2L6VieMcHw9fQsW2m0cMVHKg9/yBp9AP54v+CnYku/FupQ3Lkyt4l1NW3gAsGRhkL0Ay&#10;O358V8VqY9Q8MatbwoDLHawPgnOQsqPge20N+dfbn/BS26t7/wCJOoahJGVE2rQs6BMEGWWRt2Om&#10;e3H9a+KLAWtvdXsU2FE2jTrKo9djbRx/tAY+lfn+Fdudef6n6ViVeFN+X6Hk2jTtb+KFiugvN453&#10;HJJRmwwbHUjJbPPGfXNehfso/Hy+/Y1/bK8GfHN4pjZaTrRTWrW3YkyWb5t7pB/ebyJHZf8Ab2dc&#10;V57eQGPxJdbIwAt6+SqnqeMjPYjj/wDVWl8S9Mi1W1/tAuP9Kiinjm7JIVw2fxx+p7V9HzRk0pbN&#10;WPlmpQhzResXdH9MK6nonjDw/B4j8O6rbXllfWyT2d3aTiWKeJxuWRGGQysCGBHUHNcV8XPA9p4q&#10;8FyWzQK0tuyyof8AaQgg/mK+DP8Aghf/AMFFrTxR4Jtv2K/jDrSxa5oVs48F3V1IAL6yj5NluP8A&#10;y1gBJRQTuh4AHkkn9GtTt1mtmhOGSROcHPWvjsfhpUajhJf8E+yy/FqrGNSLPjj9qb9jnX/2k9U0&#10;jXPBnjTVfD+o6fNLPbXej3rwStI0RwqsjKQ25crzgng4BJrtP2HfCf7RGraFdfDfxp8fdU1HxjoW&#10;lT3N7pmr7pF1O2We3jhmhutvDETsHVizI0aKQS5Ye/eF9DisbMQSKMxSHt3zkVm/GP4PaZqhi8X6&#10;fG8JLeYl3ZuY5rWbqWV15XJ5OO4PrRgrqHI1f8H8n/SfU9iDp1anJflk9m1dX7NPo+6s10Zm/EH4&#10;WftPeGYdWuLrQLi5ttHlVbm/stSjdHDjKvGCyEqABnIBHQ1578UvCv7YfgpLMXOia9FFqDRralLB&#10;JyzOflBwWZSc98V7Ppv7T/7Svh/Sde/trRdH8ZR6hIstkDIlibX9ysbxkKkhlVim/JAKs7r90ps2&#10;PiV/wUq8O6dqFsU/Z+8XXlxDdJJHCBp6+SN338tddV4OAOSMZGa754bCTjd1JR9V/wADUaqcQYea&#10;g8LCol1jrfRdG7rW+68j5R8RfCv9tCDxDpegXngvUnvNWDNa3F5fRJGdoBYttf5MAjOR3ryL49al&#10;+0j8IvAM3jzxt4jsNBtIrfU2MVzdBiWsw6lcFeWllAjjAyWY5xgE19e/EX/gop428Vvp9/8AD34T&#10;xWlzDDMLmTWbsHyA4QhI/J3B8FeSSowBivlD4heFdc+OXxSi8Q/ELV5fEOox3FxLaWc+PsWnLNKZ&#10;XEcajapDEAM258DG7qaxlSwcV7rcvw/Q6Kcc7qx5sTShSS+b67K78tz5e+A3w2/a1/av+K8Pi/4n&#10;fErXrXwlp+pQzR2EdybYSKhDhWjjwMsBuIbcQrDPXFfob4O8G6XZq+um1RY9MsHt7PgAKX2ljx67&#10;VH4e9ZvhHw9oXgjRE0XRLFIVC7WKqBknkmrXi/xVHpHhGHSbNts167MeOiDIzXm4qpGtNOySWyWh&#10;xU4Km7Rbd+r3OX1gQ32ozXSt8iMep6n61+cX/BVP4xw+KfHdh8HtEuvMSwP2vUlj6A4IjTPr9447&#10;cetfX37UX7R/h/4BfDK+1++ug0wiK20CuA00rcKi+5P5V+VOpa7rHj/xfP4v1+Yz6rrd/wCdM+eE&#10;DHAUd+nA9sV62RYPmq/WJLSO3r/wDwuIcdy0fq0XrPfyj/wXp6XOq8AaMbXyZZZAoMgQMRjc5+8R&#10;/wAB/SvQdesnTSbWMDHmoFIDY52l93v/AJNct4Xsgus2lsCPLt0lkkYrwSqHP5hSPbIruNbiefTr&#10;KSUlwkhjf1BKsccegA/WvWqyvUTPIowtRaOF1W8jPi2JDua3lgRZcjGJFPzED0+/x9K67wXq9z4Z&#10;+LP2lCWkstdhn2wuMu0Uyr8pOACeufYVxDyma9kvJHJMFzDMoC9QyfMP0H512ukw3UPxOsrm2wTJ&#10;PaoMYBMu5VA9+EHI/vA06+lN+hFCzqJ+Z/VB+xPdwzfs3+H9Lt5Fki0r7Tp8MiKVHlw3MqIuCMrt&#10;TauDz8vQV6tXzB/wSX8anxr+yB4W1c3nnxtY+X5zNyzhUlYkdRxcKMHnIOema+n6+mw7UqEX5I+V&#10;xKccRNeb/MKKKD0rZWRhdh+NGPek2n++aadw7mmJsfk4wKaHwSGpMn1NN3DPWgTdxWZiOtAz3pN6&#10;+tIzDHBoEOopqsAOTTutAGhSfN2xS0VmaCfP7Uoz3xRRQAmwepo2jG2looATYPU0tFFABRRRQAVz&#10;XxHyfB+pgNt3afN8xwdv7lxn8N2fwrpa5z4g+Y3hjUvKClhZTBA3Qkxv/wDW/Ok78rGtz+f3/gp9&#10;bzWfj7Uox9nV45InjjtiGAG5nVT34yVxx044xXxHdWkEevQRuq+T9reNievl+bGwB9sE8f4mvvj/&#10;AIK+21nbfGfWRBEqWrxwNHHGGDD9zDNySo+Vmc7QCcY6Dv8AAXjF5rPU7q6KHhTMu3s20EkfUriv&#10;gqS5cROPmz9HqS58LTl5I8v1a28zVNQt1ciZIw4bPLEAOcH3AP459TVq51K31Dwna3d5DlVZoplA&#10;IIOeT7c7j6cmrnidLWz8b3lwQvlzPvyoztBk2Nweoxn8BmsnS7QnR9Z0GaVsRlniHUOCAVYfUE/i&#10;e1e6neEX6f5Hz0rKo13uYNrqOs+F72HX/DWu3Vpf6fdLcadqVlM0U1vNGwdJEZeVdSMhhzwD1r96&#10;v+CYX7X3iX9qH9l7wv4z+KbQnXri2kg1C7t4hHFdSxSNEZdi8Rs2zcVX5dzHaAMKPwOmuC8E97G3&#10;y+UWkz6nJB+vP44r9hP+CH1p9p/Y/wBHinQbJdQviABjCm6k/wDr1wZ6ksPCXXmt8mn/AJI78hvL&#10;EyjfTlb+d1b82foPaWaidmCghh0H8609Bu4prWbRb1QcH5hJ0IPt+Nc9pGpXGjXCW+ouXiyAJcdu&#10;wJ9feugvtKEsialZglmBBx/EOuDXgQvH3on0XNGa5ZHm3xG+FduZpH0HVri1Ukkwg7l5PYEgj868&#10;a8WfCvx86uyeJrJnKmPe0bZKkD3PPAPPtX09q3h6S8iy7bSfXtnP51wXinwvYPuLtynXBwMVVSc0&#10;j2sJm+MpRUVK/qkzwMfC7xDNH5Gp64scYIJ8iPYxX0OSeenTtVmw8K6R4TiFrpMXLsTNN1ZiT1J7&#10;9a9MuvD1qFCCUeoHesHUtJhiEszqQqDksckn0rnlKbjYMRjMRiv4jOP1G4NmpjLfU+i/5FeV/Gz4&#10;x6B4M0e98W63qUcNrZQYDOeFQf4nHA65AroPjZ8QdI8H6dc3V9qMdvFHEXuJZG4jQdz+n/16/N39&#10;q/48698Y9Yeyhlmh0S1kJs7QvjzmBI86T35OAfu5z1OaeGwk8XWUFoluzzcXioYOjzvV9F/XQ81/&#10;aS+PniP9pD4mnUdSnkt9HspGGnWDHBVe8jjpvYAD/ZA+pOV4F09X1q3MMKgxyB2ZeduCp2g+uAAc&#10;D0HfjK0/Tp1mZLOFTI5xgRcseQMnuCcjscKeOeO88LadFYbblj8kKPJCyrjLAqAx/wCBFTk/3jX2&#10;cuShQjTgrJI+GgqtevKtUd23f+vQ1vDcNo8s8vksDDH9my3GS7DaOD3BY/hXUa4j2/heCR2IL7Zs&#10;qoG5g86HtxjeBiuVNvFHplpCJSpnmSYsSfmCqoQ479/8muu8X2gsvC8LAnizUJkfxFw+Afchq5Hr&#10;JHoQ0pyPL0miN20Masftt2iqFwRtEYYfqF/KvRLJLf8A4XVp2nyyFIlaykDNnC/MjscfQ/X5BXmy&#10;QtL44ttPgXzIl1ILtK9cImOPocV2t7qDWPxYnvDI832ZwUKkqzlUAIz/AA56cdK2q7W8jnoaO/mj&#10;+gz/AIIK+OrTxN+xjBbGU/aNK8QssyyXJdpFmtI2DYPMYYxjC98ZHXNfegIYZDZ9/Wvy4/4Nw9Yh&#10;v/hl8TvC1zc+a+leI9Lkcu33vLeVQ+CckbVTk9c/Wv1Cso8R+SZMmIlG5z0PH6YP417WWSc8DC/n&#10;+DPAzSChj5peT+9JktFO8v3o8v3rvsjzxtI/T8af5fvTWA6GmTYiBLKSaj2+5qwUUjGKb5APSgTV&#10;iKjI9akMQA4GaPs427sH8qBEeR6ilEmBjIp624YZwfypUtN4yB+lAGgEPejY3pT6KzNBhUjtQAT0&#10;FP7YoAA6CgCOjrT9i+lG1R2oAbsb0oII6in9KQlD1NADKKDjPFFACqu7vWF4ojW5sJYZFDxyLtdO&#10;zBjtx+VboOFOOvasLVl320gCscgKgDY6ED+ZY/hQC3PwP/4LCvZn9pTXLCzCgeSsc5UnbGUXanXG&#10;ODjAAHygcgZr4C8cS+ZqUk6McI6uXXsGX178nHpX3l/wVyurjUf2nfGkEaQu0Oqo8s8I3EQ7gFDH&#10;PGNrg5A69q+B/Gslr5F4GAUx26mUBupLbc/Xg4Hv9K+FpQbxc35s/Q6k7YGC/uo4PxtI0ssN4Bhx&#10;YvnHqvzevXnNQaTdhb+6LhWilCg5PTJU8e43kZ9hUvimUzWttD5TZdmQuhGQHXYfr0H4Gq3h3R73&#10;UjiOF1UyeZLKFyI0Xccn6lsD6exr24xtSseA6lq1zjpN40l41X/WOWCEYIA4PTtk1+2v/BGnRDon&#10;7JHhCBowPOsHuDkcESyO/wDJhX44N8OJtdvLXS/DdzdPdXUsdvbQNAGBdmAHIxnLEZ/yK/d39irw&#10;PafDD4X+H/B1lFiDTdMgto+OoRFUfyrys+qJQp0+rbf3K36nqcOwbnWq22SX3u/6H0tFYC7tDHKg&#10;ZCMMCM49vpUS6zfeHYBbyiSW3QZXqxQDtjGSB61a0m4VowqsSNvGO+adfW5c7Agw3v7V4sb20Pav&#10;ZnMax8UrN4W+y3CMrHIKN0NcHr3jtbmUwfaFyOWx2HbNdH478C6dqG65awR5O7r8rH6kV4/4o8NX&#10;OnF3s5ZI2HU+YT/Wsak5Lc76MqbWm50914ptLWM3F3cbItv3iRj868r+M37RfhLwPo8lzfX4G7cI&#10;oYlLSSnHAVR1Pv0HeuO+Iuq+JPJdJtWmOGwMPwK8L8VeGbjVb+S9u2llcg5kkYk4+pNZKpd2Z0xj&#10;zI8z/aF+LHi74sahJPqjvbWAk8yGxVsgkfdZz3I7AcD3PNfOfjr97dG0hAZsZYnpn3+le/fE/SDp&#10;9s7CLb6Ajr6V4j4j0sj5kBMtyD5blOnOCx/p7D8D7eXOKV0eBm0ZN2ZzXhXTQILvUHbaqj93IseD&#10;naygqR/dXgf7Rz2rqILdTYalNEpV1thFCEHCHLNgevMSVN4W0aA232IgqsxtiRIfugoWbPpgMoPu&#10;PWtLQLeOXw605Rw0t3IXPQFBDu4/Fv0r0p1OZtnk0qPLFIp6q8dvqcMLKW8q0CIB2JYIMenGBiur&#10;+J8fleErK3jDK7PEkozyh3E59cfKR+NcvdWtzeeK4IYV3GS4gxH1O3fH/TH1xXVfFgW0VhbESZ8o&#10;IoXOd+I35J9zk/jU396KNYR9ybPMvDkaS/EE3yn5RqshXA4HXH5BD+VbFvfC68aHUtxCtcSu+eeN&#10;zsR74ULVHwfZqdaLKRmJpnkOMYJ+U59wXH6+1J4Sl83N6Dkq1z8wHQeWFyB35P44rolr9xxQVrep&#10;+xH/AAbLePGfxP8AErwxc3EezUPC9jcKrSjJmjM6ttHXkCJiRx0z0FfspFhbhzgfPgk46npn8sfl&#10;X4Ff8G4Pjz+yf2itX8P7C0l54MdotrYz5c8SSjPcCNyf94D2x+99lcNcW8E5OS0aEnGM8c8f56V6&#10;+VP/AGbl7N/5njZwv9r5u6X5W/Qt5GcZopF2kZGD70tei3qeWFGB6UUUX0AaynPApUBGciloovoA&#10;YHoKMDGMUUU7isGAOgoHHTiiik9xlykY4GaTzPalJymakADEjJ9aXIPQ1HRQA9iQMik3n0FNooAU&#10;uSMUlFFABRRSFwp6dKAI7yQxWruMZA4ycVj6pbrNbqG4EbMSW6Y6DPtzn8K1Z4jNtVyPvZI7VzXx&#10;F1SfT/COq3duRG0GnyyNMQAF2jdnn3A7d6L2Q0rux/PD/wAFEfF9zrH7THjbUJNytLrcypaIxfaF&#10;3yNwc5ILZbGMZIx0FfFvxInjhn1OOVNyyyrEccZHmbif0z9RX0X+3H4m024+PHie9W6e3ji1K7t5&#10;Ql1GWLLcmJEZkJBwilS2TuIJGOTXzpqekeK/jb8R08G/DawludQ1a5RhshLJahiPMlfaCQq78nrj&#10;GBzxXyuAoOc2+59lmFf2dJJPZfoU/hd8IPiD8ePiLb/D34aeG5NR1GdnVggIhto9satJI/RVALc9&#10;c8AZxX19+2d+xL4P/Yi/Yq0y91C/e68T6vqUVtqOpzHaGdwzMI0HAQKCATk4H1r9DP8AglR/wTn+&#10;Hn7P/wANrR7fR5Zbu5VZdT1W+hCz30gx8xX+BRj5UHQdecmvmD/g5a1KOXXPhv8ADSxKi0N1eXss&#10;GDlnhjjRPbAFw/HvX0dfDU8Lg3OWr0PnKGIniMWqcdtfyPjz/gnR8DD8QPinF8RtcsALTTWzpluy&#10;4w/QOffHI/Ov10+GumJptjBCUwFUc18Af8E6xaaRpUNiAoZiC2foK/QjwZPHPbJHEQSQMAH+VfnW&#10;KrVMVjZTl6L0P0bC0IYLAwhD1b82emeH7r5QCcdMYrTncKe/I5Brm9KuVg24P3egrVe9Msbt5RQZ&#10;xubHPTkYJ4+uKSM92QawEmgdGJHH4V5n410ZJ1dhGNwyScdq9FvrpcbG+UE7Qcjrjgdfr+Vc34i0&#10;szxMxG/PX1JqZq5dNqM9T5v8deDReSHbFkliTnpXnPiXwMLW2knMHzDp6Z9a+ltd8JLIxxEMk4Jx&#10;0HrXnXxU0S3svD0hNsuVztBOPpjH41w1Y2PToy2R8P8Ax2s1F6YAgCiMswHfrgV4zqPhiTVb82yp&#10;98LCR0xu5c+2FyPxFe+/F+wjutUkUoSVUBufc5659TXn+neEVC3OpXAwUsJ5GZh9zeFjH+A+tejg&#10;6nJTOPHUfaVDitM05L/VNT1Fo9vlzsdq8AArK7HH4AVWv7dNM0qy05YsDbcNtzychwM8/wCwenpX&#10;WeFvDf7+fT44S3nw73wB8oMbRgn/AIE6/j+Gee8d3TWtzphLrI3nKh2jGdsBf8yZh/8AWr04Scqj&#10;X9bHk1KahS5v63KGjW2/x7NOsZ8yG1jZskfIyW2CT/wIVc+L17ZwyS6dFtBSJNqAckq27p/uv+QN&#10;Hha3m1LxbqMkOCZrmO3DkHkNKY2OO3AP6+tYPxQ1aDWviFNeQIAkVtNIyBujkYYc/wCyIx7V1R96&#10;qkcsny0G+7Oc0R2sfCuq6xIMbI2yG6k4Yj832/nUXgZ0stAtvtRDD7HLJId2WxtPP5p096m8SxnT&#10;vhhcxHass9yqbFJ+ZC7/ADD/AL5T86h0uNLfSBbFcD+ymbIH96MHj8SfzrofwP1OFaTS8vzPtD/g&#10;gx40j8M/t16Fa3sAntriz1GwkhaMsCs1vwCByf3gUgc9ehzX9HXw9kmHh6LS7u482axXyXcsDvKk&#10;rv4/vFSa/l4/4Jda8nhX9szRtWa8e3a31PzLYoQGMoiaSJRz3MQHpkiv6evB2pRTXEOqCOJFvraJ&#10;pAnTc0atn8Tn+fevTyp61I+d/vSPKzeOlOXlb7n/AME6kfKQqjg5p1IpyQ4PbFKO9eszxgooopK4&#10;BRRRT5QCiiik1YAooopAWKMnGM0UUAFFFFABRRRQAUUUUAABJwKbyz/L1Hf0pwPPB5ziua8U/FDw&#10;r4Uka2luWu7onC2lmN77vQnov48+1OMXJ6CbSWp0BAMpy3I7CvN/2lb8Wvwd8QWqWZuJ72wntrKz&#10;QZaZ5EZQqr9CeccVi+K/jD421CMrbPFo8BzhIk825P1JHy/XC/jXnurJq2vzvNJcTFphia4uJjJM&#10;4/2nbkj24HtW6w0pK0nYUavLJNI/IHQ/+CLn7Qv7R3i258T/AB/8Rw+EbW/u5rs6FpbJfapeSyTy&#10;SZkKMYLVcStty8zA7g0QBGf0I/Yu/wCCVP7PX7G3hObRfAnhxr7VdVmWbW9b1KUT3E7gALEr7FCx&#10;IQSFVVUszPjLcfTHgHwNJZ20mspahFQYhdh8zt/e+nYe/NdTpmjNHP584wq8FnOAAB/gOtXhsLh8&#10;HFKmvm9wxeNr4qbc38uhm6Tpuj+DtBl1TVLiCx06wtmknuLiRY4oY0UsxZjgKAASSeAAa/GD/g4J&#10;vbDxn8Yvhn4m0e+hvLHU9N1W9066gfKzW7GyVXXodpKnnGD78Gvqf/go1+27qPxT+POifsz/AAw1&#10;lk8E6TqUkPjC6gbC6veqrBIC3eCFwuR0aUc5EY3eDf8ABaD4Xf2f+zL8CfiNcQRxz2P2jSNpkGdk&#10;yyuuAcE4WxXoD97k9M6Z9l86OSe2n8Ta07L/ADFkGNjUzpUorSz18z51/Y91tdF1BQ7gKBgH16f4&#10;V+gfwh1tNRWFQQcp1zX5nfBPW/7PvI4lJXa+cjPHP+NfdPwA8aq32VXmxjqc4I/CvySslCrdn6/B&#10;SnQR9PxebEwlwQCARk9q07iZVsN5Jx0bLVzlr4s0u4iSI3KEkDOTyK1dRvEm8L3M1rMpKLRJxexz&#10;8srpMgmv2aQKDkA+vH/16jm3TxgKpznqeRXMeEvFS6gXFxGyMshQ+bjJwcZGCcg9fXHUCu18PWA1&#10;B9zvuJyduamPvrQc4uD1MVPDQvXbeOc9cd8npXjH7Uwt/Dfh2ZGJMz8RrwME4H+Jr6kurHStKsjN&#10;lCcfOSehFfIf7X2ryeIdfWzt2CwocMTyPrXPikoR1Z04FyqVfI+VNb8MS6xePOY85bPI9e2PoB+d&#10;c34h0OCz0TVLswriLTGyeOnmo2OfZTz9favWwljbMYom3OeBlR97Hufb+dYN5oWm63dR6TrF7FaW&#10;N3KkF3dykFYYDLGHkPHIVX3fQVFCom0jvrQdm2jhv2gPADfBPRvCvhSD7O9y/h2w1PXpBEVle7vY&#10;ku0t2BAbEFv9nj24wshmbrISfnj4lXks/jCxhViI49d2xnpvzMsY/RVGP9r2r6W/b38W+JviP+1z&#10;8TNauPD15b2f/CbXUKW72bR/ZEgmeLZ6KRGqAjt0r5U8dSvJ4rspJZH3DUkuNy9QQQV/UA/jX22M&#10;wqwmKUPI+BwmLli8I5vdv7jb8CONMuL7V3kkwt/cySqo+YBI3PHufMjYe31rh9Okn1rU7nUZ3/e3&#10;jyuT1HzEZ/P/ANlrsLm8Tw34CvJ98kdzqKXLhR2LOsbMP+2SIMerD0rl/Bkbx30qLlVt7H94FXhW&#10;OVPA6jcTiuSltKXyOmv9iC9fvKnxKmEegxaeGBxMH2lck5fAHsAMfgcVLoduh1SWxuZNwgjhiZuc&#10;DGVz/wCO/rVbxzMbmwinlkw3mbkPqQyqMfiV/KreihItQ1G7llTykC5w2M7ZDwf8a1elNGEf4rOy&#10;/ZY8UReDfjr4V8QTXJheLULa8lkI/wBWyKNrFQMsAQTgdcke9f07/sqfGXwJ8Yvgx4X13wd4msLu&#10;7S1jjvbWznDPE8anCun3h+5VTz2xX8q2j3c+kfEnTtRkCFRJECOxAmdyv0w4H0Nfrl+wb8SdHj8H&#10;DUdAku7K/wBMtYbqWRLvAWUrPEdmeTuSKIjnjcOa78tlJYpx/mX5HBmUIzwak94v87H7QxMURXJw&#10;pxkE+tTg56V81fCD9q3xBBZw6Z41txqttFH5YvYMCdQp27jkhZOnsST15r3fwp8RPCnjCJG0LWoZ&#10;Xf7tu+Ul/wC+Gwfyz9a+glTlHVo+bU4t2N6ims5BwRj60m5wcHr9KzsUO3DOM0tM+bOcH8qVWP8A&#10;Eab2AdSNnHFLSMSBkUJ3YAoIHNLTN7etPAJ6ClICxRRS7TjdUgJRRRQAUUUyaeC3jaaeQKiDLMew&#10;oSuA+sfxD440Hw8ClxciWXtDEwJz6HsP5+1cx4x+Idzch7PS5PKi5BcH5m/Ht9K4q5leaUtIc5Pe&#10;umFC+sjOU+iN3xV8Sdd10PBbSfZLcggxwtgsP9pup+nA9q5Ny0eSh+YgnIGKtPGCpUcVGYADgdSO&#10;a6oxjFWRm23uUf7PE8nmS5JPqauaboqXd3HaIqgyuFB7DPc+1PK+WOvQVteA9M+0zTai5GIh5aA9&#10;MnqfwGPzoexLdjo7PToVs4rNIwI40AVfoK+Tv+Ci/wC2Lc/DrQbj4HfBvUyPEmoQhdT1O1bP9mQt&#10;2Ug8TMv3R/DkN/d3ei/th/tW2fwW8Pv4I8EXUM/izUYSIzw66chyPNcdC391e55PANfDGh+C7vxF&#10;rUuparcy3V1d3DS3NzOS8krtyzMTySTzmvUy7CR5lWqrRbI8vF1Z8vJT3PL/AAB8KNRmuoLyK1d3&#10;trhLgNjJJVgx+pJHP1PrX1N+3N8JbHX/ANmXwR4Y1awTU9PhvHjWK7j3JNC3msq9OSFkOO42g5zX&#10;U/B74KaWkaTvaZIxkkV6t+0j4csr39nXStIl8tXi1aGO13kA/JHIMD/gIrfMq8MZak1dXJy+lPBv&#10;2t9bH5DfEL9iHxB8K7lPH/gJ577wzNcKkyy/PNpUjcBZCOXiJ+VZDypKq5yVL+1fAr4aa79kgklu&#10;2DY/hBFfVnws8GWMzy6RrOnRXVrdRtFcW1zEHjljYYZWU8EEdjWdrnwVb4CeKoNK8iWbw9qjH+wN&#10;RkO9kPJa0kbk+Yg5ViB5ijIyyyAflvEfDn1ep7eh8HVdv+B+R+q8M8S/WqX1ev8AxOj/AJl/mvxR&#10;z2g/DzUraETNJvIXcwyeQKtW+oalpwksSzMjAgq3cf416noulWjWu4ANlSQTj+lY2veFY5ZC6bQc&#10;kn3/AM8V8rLCyhqj6iGKjUdpI8glsNV0vUmutOGY3ySjjkV1/h7xVraMrGNkOMEbuCK3ofCyNIZS&#10;mQDn7vtT00JYsp9nQAHI7/rXP7KpGV0zodWnNaofLr+p39oQ8hOV+6DwK8u+JvgS01i3eVocyZIy&#10;c/iBXqI05YIirPkFeMd+P/rVharoOoeIL2DRNE057u6uXWK1s4AWklZsgAEdPqeAMkkDJFSpSqaN&#10;XIp1qdFtp2R86Q/AG/8AE3ie38P+HNHe8v72URW9vbL8zsc5IzxwMkknAALEgAkfRXwp/Yl8C/CK&#10;ztdY8WQW+t+KTIsiSlN1pp7bhxEhGJGBPMjDIKgoF+830L8IP2ftF+C2gs+og3GtX8YF5qcEe8oC&#10;Afs8Q6+WPX+M8kgBVWl8YfFngL4C+D5fiZ8WPFMGn6day7knuOZLp1yfs9vCfmmlfGNqAkZz8qqS&#10;PvMi4aoYWKr4hXn0XSP+b/I+Dz7inEYyboYeVodWtHL/AIH59T8pf25/Guh2PxB+IWhxaeouL7x/&#10;r0i26kfugbyZ43wPRZCBzyUAOQpr4N8YrK96hUlJhBbuO7ZCbmx6nIPNfTXxmvtT8c65rvxE8Q7E&#10;n1a7lupEzuVDK+5hnuAC3PoD614He6XbnxvYi4lUwWXmPc7sYcRGVsHthjtX3yKrO5yeIU32Iyan&#10;/s7gu/8AkZ/xRkih1xvD1tzHpemIrgHIaXyyzgj0yFTHtWN4ZiFi9zKpRhPC0caMuWJ8wEYPqQD+&#10;Zp2oyT6g2oapOwd552ViT22HJP1Y/pUkDJaw6fcPGTsnRXJT1gmfP1BX9K8emuWlY9Wq+etzI57x&#10;Gskmk6cc5Y27up9SGUHP5frWrZBJLjVVhTahSZQQwb5kO4/XggD1qHxJYK1jpNxAu4NFcwhRwS52&#10;bfxyG/L1qfSbgx315BbxFmuDM0PT5sKgx9T8laSd4a/1qZQVqn9djP1yRor2wukGGZWCY6Hny1A/&#10;HBr78/4J4/Etm1G30p7hSLyyWKaJpBl3UgBhzxw8Qx0O3t3+ANekEOnWstv+8azumjQYHI/dlfww&#10;M/ga+kv2CfGKaR8YfDzyaiRFFeRxvC5O0+dL5A6DszQyHsBFntXRhJ+zxFORz4iPtKFSPlc/Zn4K&#10;xmfSY1nwzqxViBwRzhfwII+ox716vpsxtF/doQ2cg15h8Hbe20nSrO+aTcstxNHMm4cOZWZW69N3&#10;GPWT616ykO5FESEs/wB0CvtYvSx8XKPvNnTeHfi/4s0NAgu/tMKgKYbzLrj0BzuH549q9N8B/Ezw&#10;/wCNIzFbsYLyNcvZu2Tj1Q/xD8Mj0xzXgKsl47GBt0EblY2Xo7Dqfpnj8KW31C+0e8jvtOuGhnhY&#10;SRyIcFSKmdKE1daMmNSUPQ+pFbcM0j9fwrnPhp48tfHPhyO+XC3UICXtuoxsbsyj+6e3pyO1dICr&#10;HpXE1KMrM6k1JXQtI/3TS0VK3GR1KrbRjFMKEnjFOobAsU7I2be9NpyKOGqQG4PpRTmY5IptAASq&#10;gszAADOTXC+NPFj38hsrRiIFIIHdj6n+ldb4lvV0/RJpdwDSLsXPqe/5ZNeY3+0OrDoR+VdFCCab&#10;Mqk7NIo3a+YST354qlIpEnJ7dKvzEY4FV5IQZMnC+9dSkQQhAetSCAEjbTnt+SB19KRZQhwex5qh&#10;Mc1jFN8uSCRWf8UPHl/8MfAM1j4biVtRMWZJmGVhd+f+BHH5Ae4rVjmwd0LgNj5dwyM9Rx3+lYHj&#10;PQhrdibGdmmZpC8sz9ZHJySfc/56U42UrszabVj441n4c+KPHWvXGr6g01xPPMzyzzHLOxPUmup+&#10;H3wzu/D14kesWvB6ORxivpbQPhzo2nwhVtl3ZHOKv3/w/wBI1GNo2gA46lK9B468bdDl+qe9e5y/&#10;grR7GwtFeJVIwMkD9axP2mhd61onhrwdYxNKgubq6nEWNy/6tUOP+BSflXS3ngfWvDpMujTlkGT5&#10;Z5H0qoviO1W4hTxPp8kclvJuhuFjBZfUAkdPbjoOayi05qSZrKN4cpgfDf4bW1vawTbGBOAJd/IP&#10;oR/9b6V6R4j+HOh+PPBNz4G8X6abvTryMBvLbZLE4OUlQ/wSIwDKwOQR065q2cWmXV3DrmkzRuhk&#10;yJrXMYkPQo6jgNg5wR6djXa26bUCq24diaxrtVI8sle46XPSknB2aPk0XWu/CnxdN8J/H8u+6gj8&#10;zS9RMWyPVLTdtWZB/CwPyun8L+qlGbVvWguWWTfknjGeB/Svd/in8M/CfxJ0L+yfE2krcCNy9tMp&#10;2zW74xvikHKNjjjgjggrkV85+LdH174Ra/b6B4l1Bbuzv5GTS9TKCMTMASYnUHCyhQTxwwUkYwVX&#10;8+zjKauEvUp6w/Fevl5/efomT5xSx1qc9Kn4S81/l9xceJQGRsKcYXI/pVC6kFsGLyLweMY4/WrR&#10;mSZS6lcfw47j+lZOo3CmMzSEKQuRnivm29T6SPmV9QvmnnS0tIXnklcJFbpGXaVyQFAUck5Ix6k1&#10;9B/s/wDwJk8AWr+KvFEKNrl2hTyiwb7DG2MxggkGRgBuYdvlB4O7O/Z1+CEXg/Tv+Fq+PI1i1CSE&#10;vZQXZCrYW+OZnLY2yMMnnhFxjlm28d+0R+2Xv0e58G/BTUJFkm8yO98Rqu0KnTba55JP/PbAxn5O&#10;cOPteH8llFLEVV7z2Xbzfn+R8RxBnaqN4ag/dXxPv5Ly/P0NX9qT9tzwP8A4Lvwv4TtYvEXi0Aqt&#10;j5v+jae/GTcOD97HPlJ85OQxj4NfnN8XtW+Kv7Q/i2Xxt8VvE11qt/J8sbSttjt48geVDEuEhj6f&#10;KoGSMnJ+Y+w6R8ItW8aXgKQMsKuDvcdyck+55PPvXTaz8HrTwzpTW9va77kpw+3vkY/UcH/CvtEo&#10;UY67nyKvOWh8IfGjwXdWOjmG1gZvJbJjUZwFDMc+vPHPrXzL4vVLTw9eXMsR86eFACcZw7lieORx&#10;EPzr9Kviz8CV1DQpbsITHPKFaTZ98HIYj/ZCeY2fQHHrXwH8dtBsdMlS3togsFxYWtzCiE8RtCDz&#10;x/e3Y9j7EV8VnsbVeZ7No+1yRp0uVdEzx+1ld0v4S26KLMkaBeg3Pn65I/DipXid7eOFZAWhSMlj&#10;z8254+D3/wBdn8Ki8LyLd3l3Zlj80DoODyWKuR9cqfzpkM8n2+0jlnLo0jAhuOsQ6f8AAlJ6da8l&#10;3UmkegtYpkPilEtND0PVYXVVjvLp0AbKkqI5BkfQv+tOtrf7Pqkc1gAu2do0LcbQYgq57nJjzTvE&#10;tqsXg5rZrcb7PU5GjRjjajQxgj64LfrTXleS0iv0O4AwTPtb7wVx+u1+ae8PvJWlS3kv8v0KniGB&#10;ho1ykaAbmjMWOu7DL+m5R+PuK7r9m/xP/ZnjGzuQw/01RBsdsAO7KqD2+ePGeCN3FcTrKC40yW3i&#10;J2vbGaDJ53IySgj3IXH4D0pPAutXGkzpfwxjzYbtJbb5uFIPXB/uuG/IVcPhT7Gc/wCJbyP35/Yy&#10;8Xr8U/gxb6jqLSeeGA3zE5L4EiOcdCQyvj/axXvJ8Qz2vgZ9akj8q8bFtEjc7JyQmPfbyfcDNfGn&#10;/BM/4hWbadpfgmKEga7YxavbLI3/ACzlVTICM87JSYQOyxA8dB9U+Mrs23ivTPCFnny5rh9RlBJw&#10;coMf+PNL7DHvX2uDl7WhGXkfG4yCpYiUUdjo+mrb6fa6bCOdqIv6DNC2DXjzSqnE0u2EEnlVzn+V&#10;XdEU3CNcxfN5cYSMKcEuwx/LNLfqtpALK2kyCikSJwVxngHsev069SK7acVuzgqy2ihPBvii68Pe&#10;ONMn0WXKvcxx3YDfKyMwV0wPvHBzzwCAc5AFfR2zY+1enf2NfJySSnVXS2faYrZ3jKnoc4FfU3h7&#10;U11vQ7PWVP8Ax92scxGehdAxH5muTGfEpWN8Nomi5RRRXErHSB6HFM+f3p9FGgFpVIOTTqKKQCFs&#10;NtxS0YHXFFAHK/EW+KrbWCng7nP6Af1ribuYPA2W+YZJ5645/kK6D4jXxm154U6QRqgI9fvH/wBC&#10;rlrm4itZA02B5ikEnGABzmu2hsc9RsjaZmkKA8+n4U/yvn3NVe2Ob9QCf3uXAPUA1e8siRww+7VS&#10;0dgTuiNkwNyimy2yyvkL1NHmMvDDr+lPViWwBxipTaArNbyAjbx9DUTRyEHcMjPQ1ogAHpTcRnOF&#10;HvxVqfcnlKcUsiMMDtVlLojl+tAjjzvIHX0pXaJeSlO6Y0rEyGKQFZFBFUdV8LaTqqH7Rao2e+Ol&#10;TtLEq52kc9jT47pdoViT25NC5ou6BpM42X4dah4bvW1XwnfGEuuJ7eQlop17B1yM4PQ9R2I76dl8&#10;VNL0yUaf460i80c9FvMefaEDuXRd0f8AwJdo7tXQvKpOVB4qrc2NpeqUuIFZehBFae15vjRDp2+E&#10;0UkttRsIdT0+8iubW4XdDcQSiRJF9VZchh7iuE+N/wAKdK+I3g670S8jbbIA6SRffhlUhklQ9mVg&#10;GH0I6EirD/D9dKuX1LwVq9zot2xzKbNx5U3+/EwKP9SM+hFaFn4u1Gyi+x+OdECDo2p6bG0kDf78&#10;fLxfUFx3+XpQ6UKsXHdPoTCrUozU07Napnyf4O8Q6lD9r8L+IlEep6XdG21BCMB2ADLIvJ+SRSHU&#10;5+6wr1v4GeANG1M3Xxa8dXEUXh7Q2Yqsq5S5nXByR/EqHHGPmdlXqCK5D9rj4O+JtO8a6J8YPhXb&#10;JdW+q3UOl699kZTEIpZVWG+L5wyROxVzydsm48R5Hd3v2jxpcQ+BfDErxeFPDNwbGyUg51G7hO2a&#10;4kP8YWXzFGOCwds/MCvy2X8NyWZydVfu4arz7L5dfPyPrcy4kjLLI+yf7yejXbv9/Ty8zkvjt8Rf&#10;GHxhum029uJ7PQzNui0iHjzFH3TMw++/U4PAzgAYycrwf+z82riPUdat/LgX7kHTIr1/RfhtpWn3&#10;K3N8glaNfkVhwDjk/wCfSttYo1i8tEztBxjoK+xnVjH3YI+Qp021eRxVr4C0fSrJYLG2jRQmAVUc&#10;CsHWfBtpqkpNycALkoD1Pp06dPqcV6Pc6bJOW+Yrk9F656VmS+HrUXLJdAncNwJc8HHOPSuZy6s6&#10;IpLY+efjLoFpDaNpV0uEEU8hYLl2BXDEDrkBm/76Havye/ar0yfRdb03TLq3SOWLQI4eT1Fv50A5&#10;HPHlxDnGSx9q/a74kaJANPaOGNcASOcqMqoZCD+Kkj+dfiF+178RIPFf7SWtwWTJJYWF9qNvaeVx&#10;ujklMqKMZ+UNII+vY9jx8zn1p0UfU5C3Go/keBeBLjZ4oMBcdP3mTjHzk5+mGYevNSTKw1PdjCpc&#10;ggA8keYQ30+9/Ks2cf2V4v5bAkWQRuh7FCw+mcZH1rc1X7M18xkLYe4EobGMKwy2fxyfbbXiytdP&#10;uetBWi49mS61b2TabqaEGQtNEWw+FDKWyPbdjH/ADWLoE9xb6ZDcLtyiyWrpL/ullJ644HB9/arF&#10;pdiykElzkQ3KBLsqc/fCEEHGGKu54/2cd6rJBLaXl5bSbDgh49rfLIV+cFfUMh698HtRFe4/UmbX&#10;On/Xcto0bCG2lLbUd42fHVWJjPHYiMg4+npWB4cbN5c2N4GRjIQyk/dyUV/05+v1rStDLmW2Rd23&#10;Y6qxxvydjH8lQ/ifWsvWomt/EzXsPEVwPNyP4SVDP+qk/jWlO2sTGp9mR+j3/BKP4ti/0ax1q/1u&#10;OG98B61bJcR3LHdJY3j+RKc8nbFcP5pPACZ9s/p/q92mo/FO+8Qb/wB3DZW9laxt1UMvnHp3AcCv&#10;wZ/YF+MqfCn9oy0uNUZjoXiiwfTtbswAyzWtyqxzgj1VwkvuUxnnNftN8I/F8t5e2Oi6pdO9zaSS&#10;SJNLn9+Q7Rq/uCqAg+1fT5NVdSLpvy/r+ux83nNLkkqnr+n9fM+jdDc6VpkQBUzAkAN0Z8jcfp/Q&#10;e9Q3hCadNcs+cLkN6n1/Gq1rdG4ACbTsRdo9uOfxxj8BTfGN79l0dLOI/POwUHPX3r2pyvKy2PFj&#10;Gy5jJ0dWe5v7t+iWRx7c19D/AAQvW1D4aafukDNBvhY+m1jgfkRXz7o6Mml6rN6RJHyfevZv2ar4&#10;z+FL6yDn91fBwM9mQf8AxJrnxSvTRpQdp2PR6KkwPQUjKMcCvOOsZRS7G9KNjelAFuiiildAFIxO&#10;ODjtmlqpr10bLRLy8BwYrWRlPuFOP1pXu7AeZa7ftf6rPdluJZnYfQscfpiuf1aZJ9VS3kGVSM5A&#10;960N2Z254Xj8qyI28/VHkY56/lmvQhoznepq248y6ilyGd3BJx91WOcfhwKtgBr8qejZqnpsZWeb&#10;gbkYheOTwcVatWL6idw+51q6tr3IhdKwksP7k+pNRRrsIUnjFXWXc+0VA0BKrgdvSoTLI2J/h7da&#10;Xau0nHWkbKHb+JpScfL68g0mtQGmEkdM8UxoGIxtIH0qcHCZpC5xzihOwFWSGYDaccVAVlU8Z9Ri&#10;rkj7vmJGCOMVCrrg89BitIybBkQmkUZDcg0i3TKPmB+ppzeWQXzjnpioJGA+TPeqsJKxYF8m7Dr9&#10;TUaywvdKihl3HnFQnG7BNOs1L3IOOgODiqj8SInswuvC+hGzmuLkEW9wSlxBHAW81sHnav8AFz97&#10;Geg5HFcJb6bZfB7W4/ADNFBY21ps0Z/MHzQo7ReXnnLKVwT33Kc5Nd2W1GFvslobV3kYtGL2181Y&#10;2243BQynPQc8VwX7Svhm/srLwbKt5Jc3H2+6guLqXG6WafE5JwMAFkcADgAAdsnpvNSs3v8A5HLa&#10;LWi1Oh06NpUDG5LjHB3VcZFh/eDOCMN/n/Paue8M6o8MS210pRx13d63BOGjz5nBH4VyS5jtVrCz&#10;nB3jjqDjtWVrQuGiE0cYJU5HHt/U4H41fZ3iXbINygfITzx6Gue+Jnjzwv8ADbwfqXi7xnr1vpmm&#10;6ZYSXN7qF3IEigiUcuxPuQABkk4ABJqHorsuKcpJI+d/+CkXx30v4H/BmdLOeM6xr8EthpcQG99u&#10;zM0+3OSEiDHJ+XeY1JG8Z/Er4m6dqmieIrfW9TtxC2sbpFQcARplWwTzjOxQe+1iDX6CfGjxXdft&#10;geLNd/aH8e3c+heA9Ft3XQv7TBjNhpqkSPPJgErPckRu8aFgFEKkl4ojL+f/AO0X4vh+JXieXxZp&#10;llHb2UObOxgkXDxRhWEcXHAK8s2P+WsjgZUA18lmFb6xiOb7PT/P5n2OAorDYbl+11/yOJ8RRRaz&#10;DHfWyASQSIWG75tudzoenIBJX1BYdekEt0tzpgllAV0tGicE9GD7Pz2n+dVLe5u7PUReMpKyxL5i&#10;EYDAHB+mCTz7VLqTK4+2wuGtrkybSODG+BuB9+v/AH1XAk7JM63JSbZEL1brTYJlnyQjLIOeuVI/&#10;HFSaXe201qlvNFmSykLwbT/rIgW3IM9wDJgd1Zh2FYunyhLcB0YB2yMfTr+lR2F1OkiTfa2hcIpR&#10;0bmM4BDfgefzrZQ0sc7qNNGtfM1hfReb0SVoQw4I3DKH8WQfiah1y5CzOVHmebB0Kg+UhUg9xt+4&#10;+D67R3qLUdQg1TS4tYjgVW3IZwDgRvE6lh9MBiPZqh1th5sAkGwGMJuHB4fP/oQPFVSj7yuTUkuR&#10;2Oh8E6nMktnc2cJnubS4Se3QLncwbLKfUFS35Cv2C/Yu+NreP/D+ga78pW1tILKaR5g5AdPNhd8A&#10;Dd5bRbjgAMZBxX42/C3XLjwp4ktNbltkkSxu0eVXxtIQ5bPXjAJzg190fsDfFC18AePNQ+DOqMbe&#10;LU4nXTZ2n3ssYZ5IlHqY8zqT1JSLrgY78DX+rYnm76f5HFjaKxOG5Wttfu0Z+yfgvV4tQAEJyuwY&#10;I9P88/hTfEd+b7xDFZq3y2cZ3D/aycfpXCfs5eMv7W022S6Hlzm1ElzG0mTEwHKnHTByD7qa6DT9&#10;RFxPqGrSvkSSBlJ7Dbgfyr6uFpJPufKTupW7HUaZtTwheXJ6z3gUH2Fej/svX7LqWraYT9+0jmUf&#10;7jkH/wBDFedJH9n8FWVuR88h8wj6n/61dd+ztemz+Ia25bH2myljA9Tw/wD7JWeI+FipfxEe90UU&#10;V5p2hRRRQBYopSCOooGM81G4CDk4rF+I05tPB122eX8tB+Mig/oTW3xu49a5n4xSiHwRKx7zxjPp&#10;yT/Sqpq9RIT2PMhP5do8ueoNZ+lHzLkuR05NTXM/l6aynruAFN0GBrhnVOeDya9JaGBp2bsmqOpz&#10;+8j3AZ7qf/r1NYyNGtzcsRkyMBn16VWjldtVhZMbzGRgjjkc/rSfad7tbQnCqTjP8RzyacleIvtG&#10;nDhoVPYcGpZECsFbo2KhtEcwBQfTmrUsLPEJscr79BWIylfWvluzAZOOvrUETM67ffitbUIQ8QcL&#10;1Uc1k2+FuNh6bsiq3QFgrgYbJzxmo5QAnH61YbywDGxweahuHRQAec0luBVZw3TtUfljf0PWpVTJ&#10;OB36UkrhBgKN3etFuJleUbBx271XYljk0+dxgEMcVGMbc+pq07glYI2DtgAn1xVyJfsSGXHzHp9K&#10;gtLcM4/WodZu3EojjY9CMZ6U1uTMm0Zjc6hJck/cOBWH+1JfwaX8OvDerTZ8u18cac8zD+FWEsJ/&#10;9Gitnw0Nu9upYjrWH+1nYNqH7O2qyxgbrO8sbhcnoVvIa6Fb20fkczVoNFnXvDEc8K3FooBI3KQT&#10;j9K8b8U/tafC74Y6lPonxJ1i80BopvLim1jSLjyLj/cuIUeL/gLMH4+73r3fwPdjWfDVr5x5a2Q5&#10;/Csbxv4K07WR5V3YRSAZB3oDxjp+f8646imnaL1/r0O6lKDd5q68nb9GeFav/wAFD/gHDZ58H3Or&#10;eKrgSbRF4f0tvLVhkc3N2YLVT3wZg2MnBr4r/ae/aW0/4/6vdax+058UtO0XwhoVxHJYfD7wbqD3&#10;sN7cqqmPz7pfLSV9+PnO1VDssRL72b7T+Kf7DvwS+KF2914u8G291OoJR3ds4PBxycV51rX/AATC&#10;/Zh1K1ls9V8BpI0pKtKk8gcAbhgvnOMEZXODnkV5OJpZlWXK+W3z1/r1PawlXLKD51zc3ybXo9Py&#10;9D8vP2rP28G+PdtD4B0iwi8K+CdJme4t9Msmd5J5Qdyu/Cb344LKAhyQrNg18/8AiSDxV4p0LT7n&#10;SPC1zpuiQuqW986bTK6kfMinqM4y3ViPYiv2Zsf+CSP7Gvw51KbxFa/C6PWFT98Vu7kuVC/My5b5&#10;eQO+Oo5NeRfE34KeFfjN8Ub3So9JtLbw74O0oRvY2keIJCJZH8vnnb5O0kleTID6V5VXB1oPmm05&#10;PT+vRHqUsXQqJxhdRW7/AKbe5+VWv2klg8umSx7WtWKSYTHQkde/NY+hXplafS2OTIytAu3PzjcQ&#10;PqcOPfI9cV65+0l4G8KeHvjJ4msdEuPI0+HWHjs0XIXy/MULtyckADPqB+njWrLHYquow/uyw3Bg&#10;/SYMxI/XP4iuKHK7xOqonCSkVrGaI2rywEbAwPB44Q8gdjVbzwUiL7gpUg5HqMjB/AijUJ47dTcp&#10;GRBPL8w6YIAGDjpx+YrNhuDe3/lKQclSCo6Y3EjI9iK64wbOGc+WyNfTLmR4tU0R5QFctJAC3AZl&#10;Cn88j6Yz2p2rXm8wrO53grtI653kHP8A31/OqWmwSm4m1OdCsKhpJN3o2AMeuQDj1NP1S4YyBmDR&#10;qCsZY9zgksf+BMQcdDQo3qXFz2pWL/hu5mh16O4iQsQ+x0ZRhsA/LzwcgEfQ17tonjHUtC0jQ/iZ&#10;pt1I+q+Hb+BWDQrtezIRoXfPJz5arg/eNvISQXxXgfh9pYtTuJFlH7sqwI4wACAfqd39a9q8O6Zq&#10;tlp0tsZLgW5uZLOfbHuV4GkTJIOQWSSWHauMlZnIyFOJlHc0pzskfs1+xz4vbW/hjc+PxfiZNasI&#10;ZrGcDkrLncR/wJXLDrlu9esWusxvYx2ELYklkUFO/XgH86+JP+CXnxD1mb9mS3+G/iPyob3wd4r1&#10;LSdTs2C+cm4JKgHOAN6yKD0bYcY5x9W/C/VG8X/EnTNMwXitv3koK427ff64FfYYGp7XDxm+x8pj&#10;Kfsq8o+f4dD3vVVEVvb2Y/5YxKD7cVqfB6+SD4naO6uMG78tjnpvVl/rWHqTQtM7vGRkc55qx4Tv&#10;hp3iKxv4uBBeQvn0xID/AEqqmtzljdNM+qGYEYFNp2wBypHSlKDHAryzuGUU5UGPmFLsX0oAsFQ3&#10;WmHg4qSiswGL1H1rk/jiceAnPP8Ax+RdPxrrT9/8a4349E/8IKq54OoRA/8Aj1aUv4qFLY8r1KTN&#10;rHEe5JP6VqeF4QF3YHzA1l30Ss8SknHl+vvWxpkaxWhdCQQhxzXov4TAqz3CtrMcUbFSW2gjtnj+&#10;ZrUis44mDEAnFchq9zPHeJskIIwwIPOck/0ru4YkmhWZ+rDJx9BVboOtxqvHEMDp9amt7pCSrdD1&#10;FOazi8sHc3T1qpN+7+739alxSFKXKjUQxTJtHIAx0rMWx26m4xwrVzfiPxzrGh+M9E8OWkMDQ6lc&#10;FLh5FYuAEZgVIYAcjuDXQzXMz5bfgnqQKzi1Ju3Q0nBwUW/tK/6Ek0Ue7n86rywqX3BuBQN7rueV&#10;j+NNkXoMnnPeqsQRSzCIFU61RnlYncTz1qzMgx1NVniVlLHOaE7gQ79ygjoT/SlVCcD2pY4l2AZP&#10;T+tWVjUEck8DrVx3AQOsUZfHasC8ujcXzFWxg8Z/CtfUxtRgpPC+tYOnoJbp95P5+9XHcieiOh0B&#10;VHOfvMOKyv2pJfs37N3ix1/5ZWUUnPotxEa3dFjVJYwOz9/pWT+0laRX/wAC/EllOTslsokfacHB&#10;nirZP97H1X5nPvFsZ8J98vg/TpTkE2yE/iK6PU7RJoSwTJ7cVm+EbSHT7aCytQVjjhRVX2xXQTRr&#10;sbr09a5ajtJnTD4TidSslZzHgcHBGOlYet6Ys0JiV9r/AHkAGMnPX8sjj1rrtctImucjKknG5Tg1&#10;hapbjYymViO4IHP6VVrotOzPNvFWgaxeHyJNcu44RhnigZAWXqRvdWZVJzyuGx0IPI+eP2hPg1p+&#10;laE/hzwlYPp2pDSpmtbm1vWUrJIXV3IDZZG3vHKj43pK3zKcNX0R4/8ABOl+J9KlF7fahA7ho0ls&#10;b94DHkdRsIBPH8QYdeOa/JP9uD43fGv4e/E7XPDNh8WdavLDTXaGC1vZIwjw5QiNxEibwMDDHLjA&#10;O7IBHk5hUpUYe9G99D2cupVa0vcla2p8tftEeHPG3gr4j6rZ/EPSY7F7q5O54pI5IHZF2Ex4YZUY&#10;AJA5Oc8lgfKNfs7yVlUws9vJjDWxDgDoDtJ3LgcY6+h4rrNd13W/inqN7qfjDWLq4ljVRGXuXkKg&#10;ttxukLNjHbPH0AA5XTRPaQytHezGNCQIWfK9fX73614ToqMm4nruu6mkhieF7RLYF7yX94PlZIzj&#10;qTjuenGMZ6/QQT+HpY5fsojJ3ZDSpJlmU+nJ2jAHX8a6G1idESeK5kUSZ3x5DKfwYH0rW0bSLJrl&#10;Lt490m0FSwBCnp0xg/Qgio9pUh1H7KlUWxwn2eeNjZizeFEOcMSwByMM5HBb0Ge/pVSTTtZF6kl4&#10;qfZFG2J7kjLkHJOWO7Jx2/lXqV14e0vWhG9xbRxsWI3wQohH0+XjpWXr3gLQdJmSS3WV5pcYuJXD&#10;MmRk7RjaPyqoYm+ltRVMK110Ri+BPDcuu+JrTw+qEmaUzXj7CQsa/MzHGSFCqfcDJOMYH3J+zt8G&#10;/D/j34CeM/E/iHw9Jdw6fYXOtyJKTEs1pDDDH5RbIYPPArlQpyN4fjateDfssfBnwt4qv7211K8v&#10;lV/LWVopI90i7xwWKE4zzwRnvxxX0R+0Lour+HPhpN4B0HxzrNlomDbTadZSxQrcR7lTErxxiSUE&#10;YJDMQxVcghQB3YZwiueSOKtGcrRi7Fj/AIJdeLrwWPxFvtZ1SS4jvNatJjMYgiTz7pyz4HCllPPb&#10;8Qa/Q79izSLu6l1HxlcpuDt5ULN1IHLH9R6civjr9kv4ZeG/APwCto9B88DUby6muTIy5LLcPAB8&#10;qjjYi8HPIyMZOf0E/Zd8O6donwu09LHeA9urtubPLDcTn6mvocvi6eEin6/fqeFmM1LESt6fdodx&#10;NJ5rcuRzwKI2MLFueF49fWnS26FtxY9aWOJTk5I+U9PpWz3OJao+rNOvBqNlDqAxi4hWUY9GUH+t&#10;WKyPAEjzeBtFmkOWbSLbJ/7ZJWvXmPc7gooopAf/2VBLAwQUAAYACAAAACEAqmd8XuEAAAAMAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPQU+EMBSE7yb+h+aZeNtti4qAlM3GaIzHBTUe39InkKUtod1d&#10;/PfWkx4nM5n5ptwsZmQnmv3grAK5FsDItk4PtlPw1jyvMmA+oNU4OksKvsnDprq8KLHQ7mx3dKpD&#10;x2KJ9QUq6EOYCs5925NBv3YT2eh9udlgiHLuuJ7xHMvNyBMhUm5wsHGhx4kee2oP9dEoaPJtfnip&#10;uw/5mr1/Yt/k6RNqpa6vlu0DsEBL+AvDL35Ehyoy7d3Ras9GBSspsngmKLgR8hZYjCTy/g7YXkGa&#10;pDnwquT/T1Q/AAAA//8DAFBLAwQUAAYACAAAACEAWGCzG7oAAAAiAQAAGQAAAGRycy9fcmVscy9l&#10;Mm9Eb2MueG1sLnJlbHOEj8sKwjAQRfeC/xBmb9O6EJGmbkRwK/UDhmSaRpsHSRT79wbcKAgu517u&#10;OUy7f9qJPSgm452ApqqBkZNeGacFXPrjagssZXQKJ+9IwEwJ9t1y0Z5pwlxGaTQhsUJxScCYc9hx&#10;nuRIFlPlA7nSDD5azOWMmgeUN9TE13W94fGTAd0Xk52UgHhSDbB+DsX8n+2HwUg6eHm35PIPBTe2&#10;uAsQo6YswJIy+A6b6hpIA+9a/vVZ9wIAAP//AwBQSwECLQAUAAYACAAAACEAihU/mAwBAAAVAgAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAD0BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA20R4U&#10;0QIAABgGAAAOAAAAAAAAAAAAAAAAADwCAABkcnMvZTJvRG9jLnhtbFBLAQItAAoAAAAAAAAAIQDq&#10;4b6YmnMAAJpzAAAVAAAAAAAAAAAAAAAAADkFAABkcnMvbWVkaWEvaW1hZ2UxLmpwZWdQSwECLQAU&#10;AAYACAAAACEAqmd8XuEAAAAMAQAADwAAAAAAAAAAAAAAAAAGeQAAZHJzL2Rvd25yZXYueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAFhgsxu6AAAAIgEAABkAAAAAAAAAAAAAAAAAFHoAAGRycy9fcmVscy9lMm9E&#10;b2MueG1sLnJlbHNQSwUGAAAAAAYABgB9AQAABXsAAAAA&#10;" o:allowoverlap="f" stroked="f" strokeweight="1pt">
+                      <v:fill r:id="rId16" o:title="" recolor="t" rotate="t" type="frame"/>
+                      <v:stroke joinstyle="miter"/>
+                      <o:lock v:ext="edit" aspectratio="t"/>
+                      <w10:wrap anchory="page"/>
+                    </v:shape>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7369" w:type="dxa"/>
+            <w:tcW w:w="7323" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="284" w:type="dxa"/>
+              <w:right w:w="170" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="242A48B7" w14:textId="60C73E15" w:rsidR="00E15005" w:rsidRPr="00E85455" w:rsidRDefault="00E15005" w:rsidP="00FA49D9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E85455">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Full Name    </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23ED3E29" w14:textId="2D53D33D" w:rsidR="00E15005" w:rsidRPr="006F2C4F" w:rsidRDefault="00E15005" w:rsidP="00FA49D9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F2C4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Role Title </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005163B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="005163B5" w:rsidRPr="005163B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">role </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005163B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>that you are applying for)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2995B436" w14:textId="77777777" w:rsidR="00E15005" w:rsidRPr="006F2C4F" w:rsidRDefault="00E15005" w:rsidP="00FA49D9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="010D13C0" w14:textId="5F3E452B" w:rsidR="00E15005" w:rsidRPr="003D69B6" w:rsidRDefault="00E15005" w:rsidP="00FA49D9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D69B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Career Summary</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33390CDD" w14:textId="39EFE927" w:rsidR="00E15005" w:rsidRPr="00B210F1" w:rsidRDefault="00E15005" w:rsidP="00FA49D9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B210F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Write a short, concise paragraph about yourself explaining your experience, qualifications, and why you feel you are ready for the role. This is the first thing a potential employer will read so it needs to be professional, clear, and engage curiosity to read further.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17550023" w14:textId="77777777" w:rsidR="00E15005" w:rsidRPr="00B210F1" w:rsidRDefault="00E15005" w:rsidP="00FA49D9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3847B4AE" w14:textId="1D71F8B5" w:rsidR="00E85455" w:rsidRPr="00CA20FD" w:rsidRDefault="00E15005" w:rsidP="00FA49D9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B210F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Note: Replace the photo to the left with a professional headshot wearing a collared shirt or blouse, or a white polo shirt. Do not use photoshop, face tune, filters, or editing software – this is unprofessional and may result in your CV being disregarded.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009962F0" w:rsidRPr="006F2C4F" w14:paraId="7C64DFBA" w14:textId="77777777" w:rsidTr="00CA20FD">
+        <w:trPr>
+          <w:trHeight w:val="636"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3298" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:tbl>
-[...992 lines deleted...]
-          <w:p w14:paraId="48D9D966" w14:textId="08934138" w:rsidR="006C0C1F" w:rsidRDefault="006C0C1F"/>
+          <w:p w14:paraId="42070779" w14:textId="411FCA8B" w:rsidR="00F276BE" w:rsidRDefault="00F276BE" w:rsidP="00E22569">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4DA64591" w14:textId="77777777" w:rsidR="00F276BE" w:rsidRDefault="00F276BE" w:rsidP="00E22569">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D454641" w14:textId="77777777" w:rsidR="00F276BE" w:rsidRDefault="00F276BE" w:rsidP="00E22569">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09476870" w14:textId="77777777" w:rsidR="00F276BE" w:rsidRDefault="00F276BE" w:rsidP="00E22569">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="71204D5D" w14:textId="77777777" w:rsidR="00F276BE" w:rsidRDefault="00F276BE" w:rsidP="00E22569">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1E6232B0" w14:textId="137E58C6" w:rsidR="00E22569" w:rsidRPr="00EC0CB1" w:rsidRDefault="00E22569" w:rsidP="00E22569">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC0CB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Personal Information</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BF05F70" w14:textId="77777777" w:rsidR="009962F0" w:rsidRDefault="009962F0" w:rsidP="00FA49D9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D71CF31" w14:textId="291213AE" w:rsidR="001536F8" w:rsidRPr="00F276BE" w:rsidRDefault="001536F8" w:rsidP="001536F8">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F276BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nationality: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62264385" w14:textId="2601AB37" w:rsidR="001536F8" w:rsidRPr="00F276BE" w:rsidRDefault="001536F8" w:rsidP="001536F8">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F276BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Date of Birth: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DD7BC42" w14:textId="77777777" w:rsidR="00F276BE" w:rsidRDefault="001536F8" w:rsidP="001536F8">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F276BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Languages: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70F93269" w14:textId="057969AD" w:rsidR="001536F8" w:rsidRPr="00F276BE" w:rsidRDefault="001536F8" w:rsidP="001536F8">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F276BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(include proficiency level)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F276BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="230FD1F8" w14:textId="3589C49E" w:rsidR="001536F8" w:rsidRPr="00F276BE" w:rsidRDefault="001536F8" w:rsidP="001536F8">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F276BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Driving Licence: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30F6D942" w14:textId="778F044B" w:rsidR="001536F8" w:rsidRPr="00F276BE" w:rsidRDefault="001536F8" w:rsidP="001536F8">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F276BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Visas:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09654B7B" w14:textId="77777777" w:rsidR="00FA4A26" w:rsidRDefault="00FA4A26" w:rsidP="00FA49D9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="02B178C7" w14:textId="77777777" w:rsidR="00FA4A26" w:rsidRDefault="00FA4A26" w:rsidP="00FA49D9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D7323E9" w14:textId="5C1A844F" w:rsidR="00FA4A26" w:rsidRPr="00832F2E" w:rsidRDefault="00BF442A" w:rsidP="00FA4A26">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC0CB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Qualifications</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55B3CF55" w14:textId="77777777" w:rsidR="00AC31E4" w:rsidRPr="001536F8" w:rsidRDefault="00AC31E4" w:rsidP="00FA4A26">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="395C992A" w14:textId="21CDF536" w:rsidR="00AC31E4" w:rsidRPr="00F276BE" w:rsidRDefault="00AC31E4" w:rsidP="00832F2E">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F276BE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>STCW – Expiry date</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D78ADD1" w14:textId="68F06E15" w:rsidR="00AC31E4" w:rsidRPr="00F276BE" w:rsidRDefault="00AC31E4" w:rsidP="00832F2E">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F276BE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ENG1 – Expiry date</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5902C89A" w14:textId="2833BD8A" w:rsidR="00AC31E4" w:rsidRPr="00F276BE" w:rsidRDefault="00AC31E4" w:rsidP="00FA4A26">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F276BE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">List any COCs or other relevant </w:t>
+            </w:r>
+            <w:r w:rsidR="00832F2E" w:rsidRPr="00F276BE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>qualifications and certificates</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3387952D" w14:textId="77777777" w:rsidR="00832F2E" w:rsidRPr="00EC0CB1" w:rsidRDefault="00832F2E" w:rsidP="00FA4A26">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="701814BB" w14:textId="77777777" w:rsidR="00EC0CB1" w:rsidRPr="00EC0CB1" w:rsidRDefault="00EC0CB1" w:rsidP="00FA4A26">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="13C9D184" w14:textId="5CBB2353" w:rsidR="00832F2E" w:rsidRPr="00EC0CB1" w:rsidRDefault="00832F2E" w:rsidP="00FA4A26">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC0CB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Hobbies</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64FF9859" w14:textId="77777777" w:rsidR="00A20A6D" w:rsidRDefault="00A20A6D" w:rsidP="00FA4A26">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2B0FD737" w14:textId="0F24C954" w:rsidR="00FA4A26" w:rsidRPr="00CA20FD" w:rsidRDefault="00832F2E" w:rsidP="00FA49D9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F276BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Include a brief description of what you enjoy doing and learning about outside of work.</w:t>
+            </w:r>
+            <w:r w:rsidR="003D69B6" w:rsidRPr="00F276BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> R</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F276BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>elevant interests may set you apart from other candidates</w:t>
+            </w:r>
+            <w:r w:rsidR="00E72AD6" w:rsidRPr="00F276BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, for example boating, water sports, </w:t>
+            </w:r>
+            <w:r w:rsidR="001536F8" w:rsidRPr="00F276BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>yoga</w:t>
+            </w:r>
+            <w:r w:rsidR="003D69B6" w:rsidRPr="00F276BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> teaching</w:t>
+            </w:r>
+            <w:r w:rsidR="001536F8" w:rsidRPr="00F276BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, cooking etc. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7323" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="284" w:type="dxa"/>
+              <w:right w:w="170" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="03DF14B3" w14:textId="352CAF97" w:rsidR="00FA49D9" w:rsidRPr="003D69B6" w:rsidRDefault="00FA49D9" w:rsidP="00FA49D9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D69B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Yachting Experience</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="799FFE24" w14:textId="244095E1" w:rsidR="009962F0" w:rsidRPr="00855B4A" w:rsidRDefault="00FA49D9" w:rsidP="00FA49D9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Start with your most recent role. If you have </w:t>
+            </w:r>
+            <w:r w:rsidR="00A7789F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>no</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> previous yachting experience, use daywork or land-based roles</w:t>
+            </w:r>
+            <w:r w:rsidR="00A7789F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4ABAD3E6" w14:textId="77777777" w:rsidR="00FA49D9" w:rsidRPr="00E85455" w:rsidRDefault="00FA49D9" w:rsidP="00FA49D9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C600A73" w14:textId="78668CB2" w:rsidR="00FA49D9" w:rsidRPr="003D69B6" w:rsidRDefault="00FA49D9" w:rsidP="00FA49D9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D69B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vessel Name, Size (in metres), Build, Private or Charter </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="399ABFA4" w14:textId="2B64107E" w:rsidR="00AA1269" w:rsidRPr="003D69B6" w:rsidRDefault="00FA49D9" w:rsidP="00FA49D9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D69B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>Role Title</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B7DCD33" w14:textId="5D822561" w:rsidR="00FA49D9" w:rsidRDefault="00FA49D9" w:rsidP="00FA49D9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Time </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA1269" w:rsidRPr="00EF12C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>in role (m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF12C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>onth</w:t>
+            </w:r>
+            <w:r w:rsidR="005E6F2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF12C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA1269" w:rsidRPr="00EF12C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>y</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF12C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>ear</w:t>
+            </w:r>
+            <w:r w:rsidR="005E6F2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to month, year</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA1269" w:rsidRPr="00EF12C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D63CC38" w14:textId="77777777" w:rsidR="00A20A6D" w:rsidRPr="003D69B6" w:rsidRDefault="00A20A6D" w:rsidP="00FA49D9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7435D4E6" w14:textId="5C10F603" w:rsidR="00FA49D9" w:rsidRPr="003D69B6" w:rsidRDefault="00FA49D9" w:rsidP="00FA49D9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D69B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Brief</w:t>
+            </w:r>
+            <w:r w:rsidR="003D0476" w:rsidRPr="003D69B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, specific</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D69B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> description of your role</w:t>
+            </w:r>
+            <w:r w:rsidR="003D0476" w:rsidRPr="003D69B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D69B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> including duties you carried out, achievements, and </w:t>
+            </w:r>
+            <w:r w:rsidR="00532672" w:rsidRPr="003D69B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">on-the-job </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D69B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>training</w:t>
+            </w:r>
+            <w:r w:rsidR="00532672" w:rsidRPr="003D69B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00197EE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0905B547" w14:textId="77777777" w:rsidR="00FA49D9" w:rsidRPr="006F2C4F" w:rsidRDefault="00FA49D9" w:rsidP="00FA49D9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43DEE853" w14:textId="6B4FCEAF" w:rsidR="00153127" w:rsidRPr="0099189A" w:rsidRDefault="00197EE2" w:rsidP="00FA49D9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Example: </w:t>
+            </w:r>
+            <w:r w:rsidR="00035944" w:rsidRPr="0099189A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">M/Y </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA1269" w:rsidRPr="0099189A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Name, 82m, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00197EE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Feadship</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="001B0301" w:rsidRPr="00197EE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="001B0301" w:rsidRPr="0099189A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA1269" w:rsidRPr="0099189A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Charter</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76021D98" w14:textId="295E4209" w:rsidR="00AA1269" w:rsidRPr="0099189A" w:rsidRDefault="001B0301" w:rsidP="00FA49D9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0099189A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Second </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA1269" w:rsidRPr="0099189A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Stewardess</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C4055CA" w14:textId="205BCC5A" w:rsidR="00AA1269" w:rsidRPr="0099189A" w:rsidRDefault="005A722F" w:rsidP="00FA49D9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0099189A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Jan 20 – Mar 21</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41B3AE18" w14:textId="77777777" w:rsidR="00A20A6D" w:rsidRPr="0099189A" w:rsidRDefault="00A20A6D" w:rsidP="00FA49D9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="69F0BB6D" w14:textId="0F2D5757" w:rsidR="00AA1269" w:rsidRPr="0099189A" w:rsidRDefault="007175B6" w:rsidP="00FA49D9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0099189A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">With responsibility for housekeeping and guest services, I managed </w:t>
+            </w:r>
+            <w:r w:rsidR="0096557B" w:rsidRPr="0099189A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">competing needs of crew, guests, and owners with ease, earning </w:t>
+            </w:r>
+            <w:r w:rsidR="000E644A" w:rsidRPr="0099189A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">praise and increased ownership of tasks. </w:t>
+            </w:r>
+            <w:r w:rsidR="003D0476" w:rsidRPr="0099189A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>I t</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD35D4" w:rsidRPr="0099189A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ook initiative to improve </w:t>
+            </w:r>
+            <w:r w:rsidR="004F305E" w:rsidRPr="0099189A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and train other staff on </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD35D4" w:rsidRPr="0099189A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">laundry </w:t>
+            </w:r>
+            <w:r w:rsidR="003D69B6" w:rsidRPr="0099189A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>services and</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD35D4" w:rsidRPr="0099189A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001723C7" w:rsidRPr="0099189A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">developed strong skills in planning </w:t>
+            </w:r>
+            <w:r w:rsidR="003D0476" w:rsidRPr="0099189A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and managing guest events. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F37E715" w14:textId="77777777" w:rsidR="00FA49D9" w:rsidRPr="006F2C4F" w:rsidRDefault="00FA49D9" w:rsidP="00FA49D9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3528295A" w14:textId="382F760E" w:rsidR="00FA49D9" w:rsidRPr="00F77C23" w:rsidRDefault="00FA49D9" w:rsidP="00FA49D9">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F77C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Land Based Experience</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A95C2E6" w14:textId="3677E702" w:rsidR="00FA49D9" w:rsidRPr="00855B4A" w:rsidRDefault="006F2C4F" w:rsidP="006F2C4F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Write a brief description of your land-based experience before joining yachting. Include role details if relevant / if no yachting experience to add</w:t>
+            </w:r>
+            <w:r w:rsidR="00A7789F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15BEC731" w14:textId="77777777" w:rsidR="006F2C4F" w:rsidRPr="00E85455" w:rsidRDefault="006F2C4F" w:rsidP="006F2C4F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63F7C0FF" w14:textId="77777777" w:rsidR="006F2C4F" w:rsidRPr="00F77C23" w:rsidRDefault="006F2C4F" w:rsidP="006F2C4F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F77C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Role Title, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F77C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Company Name</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41269908" w14:textId="3BD2A08D" w:rsidR="0099189A" w:rsidRPr="006F2C4F" w:rsidRDefault="0099189A" w:rsidP="006F2C4F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>Time in role (month</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF12C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> year</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - month, year</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF12C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A00C84B" w14:textId="77777777" w:rsidR="0099189A" w:rsidRPr="0099189A" w:rsidRDefault="0099189A" w:rsidP="003D0476">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="072396E0" w14:textId="1A661A04" w:rsidR="003D0476" w:rsidRPr="0099189A" w:rsidRDefault="003D0476" w:rsidP="003D0476">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0099189A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Brief, specific description of your role, including duties you carried out, achievements, and on-the-job training.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53D5A400" w14:textId="77777777" w:rsidR="006F2C4F" w:rsidRPr="0099189A" w:rsidRDefault="006F2C4F" w:rsidP="006F2C4F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4601837E" w14:textId="31024F34" w:rsidR="006F2C4F" w:rsidRPr="006F2C4F" w:rsidRDefault="006F2C4F" w:rsidP="006F2C4F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3093"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F77C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Referees</w:t>
+            </w:r>
+            <w:r w:rsidR="0099189A" w:rsidRPr="003963F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (I</w:t>
+            </w:r>
+            <w:r w:rsidR="00015C56" w:rsidRPr="003963F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>nclude 3 people who managed or supervised you)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="442F48DB" w14:textId="77777777" w:rsidR="003963F5" w:rsidRPr="00E85455" w:rsidRDefault="003963F5" w:rsidP="006F2C4F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A3D4EA8" w14:textId="558CCA5F" w:rsidR="003963F5" w:rsidRPr="00E85455" w:rsidRDefault="006F2C4F" w:rsidP="006F2C4F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E85455">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>Full name, Vessel/Company</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FCDB850" w14:textId="1224CE13" w:rsidR="003963F5" w:rsidRDefault="006F2C4F" w:rsidP="006F2C4F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Role title </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19C02C01" w14:textId="72E52669" w:rsidR="006F2C4F" w:rsidRPr="005163B5" w:rsidRDefault="006F2C4F" w:rsidP="006F2C4F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF12C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>Contact number</w:t>
+            </w:r>
+            <w:r w:rsidR="00E85455">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF12C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E85455" w:rsidRPr="00EF12C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t>email</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF12C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="719E14D4" w14:textId="3F2BAC3E" w:rsidR="00F26CF7" w:rsidRPr="001730D8" w:rsidRDefault="00D80E99">
+    <w:p w14:paraId="70F79DC0" w14:textId="77777777" w:rsidR="009708BB" w:rsidRPr="006F2C4F" w:rsidRDefault="009708BB" w:rsidP="00CA20FD">
       <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="2"/>
-          <w:szCs w:val="2"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D80E99">
-[...1225 lines deleted...]
-      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00F26CF7" w:rsidRPr="001730D8" w:rsidSect="00316CC4">
-[...7 lines deleted...]
-      <w:pgMar w:top="284" w:right="284" w:bottom="0" w:left="284" w:header="0" w:footer="0" w:gutter="0"/>
+    <w:sectPr w:rsidR="009708BB" w:rsidRPr="006F2C4F" w:rsidSect="0099189A">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...26 lines deleted...]
-    <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...83 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="00945D27"/>
+    <w:nsid w:val="2D042DF3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C48491D4"/>
-    <w:lvl w:ilvl="0" w:tplc="DCF2E842">
+    <w:tmpl w:val="07D25A5E"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="40090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="40090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="40090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="40090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="40090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="40090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="40090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="40090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...1109 lines deleted...]
-  <w:num w:numId="6" w16cid:durableId="1832283429">
+  <w:num w:numId="1" w16cid:durableId="385690647">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...10 lines deleted...]
-    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="80"/>
-  <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:formatting="1" w:enforcement="0"/>
-  <w:styleLockTheme/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...9 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A45FC6"/>
-[...127 lines deleted...]
-    <w:rsid w:val="00FF6EA5"/>
+    <w:rsidRoot w:val="009962F0"/>
+    <w:rsid w:val="00015C56"/>
+    <w:rsid w:val="000171B5"/>
+    <w:rsid w:val="00035944"/>
+    <w:rsid w:val="0003653E"/>
+    <w:rsid w:val="00056F74"/>
+    <w:rsid w:val="000B005C"/>
+    <w:rsid w:val="000D5B90"/>
+    <w:rsid w:val="000E644A"/>
+    <w:rsid w:val="00153127"/>
+    <w:rsid w:val="001536F8"/>
+    <w:rsid w:val="001723C7"/>
+    <w:rsid w:val="00197EE2"/>
+    <w:rsid w:val="001A7C0E"/>
+    <w:rsid w:val="001B0301"/>
+    <w:rsid w:val="001E30DA"/>
+    <w:rsid w:val="00290829"/>
+    <w:rsid w:val="00291AD0"/>
+    <w:rsid w:val="002F31AD"/>
+    <w:rsid w:val="00340317"/>
+    <w:rsid w:val="00351DBA"/>
+    <w:rsid w:val="003963F5"/>
+    <w:rsid w:val="003C7E5D"/>
+    <w:rsid w:val="003D0476"/>
+    <w:rsid w:val="003D0E3A"/>
+    <w:rsid w:val="003D69B6"/>
+    <w:rsid w:val="003E11F1"/>
+    <w:rsid w:val="00413A25"/>
+    <w:rsid w:val="00434C6C"/>
+    <w:rsid w:val="00460268"/>
+    <w:rsid w:val="00472ABA"/>
+    <w:rsid w:val="004F305E"/>
+    <w:rsid w:val="005163B5"/>
+    <w:rsid w:val="00527EA9"/>
+    <w:rsid w:val="00532672"/>
+    <w:rsid w:val="005A722F"/>
+    <w:rsid w:val="005B04AD"/>
+    <w:rsid w:val="005B4839"/>
+    <w:rsid w:val="005D3AE1"/>
+    <w:rsid w:val="005E6F2D"/>
+    <w:rsid w:val="0063437E"/>
+    <w:rsid w:val="00646BCF"/>
+    <w:rsid w:val="00656C63"/>
+    <w:rsid w:val="00687E12"/>
+    <w:rsid w:val="006D5259"/>
+    <w:rsid w:val="006F1627"/>
+    <w:rsid w:val="006F2C4F"/>
+    <w:rsid w:val="007175B6"/>
+    <w:rsid w:val="007A2DFD"/>
+    <w:rsid w:val="007A4AD6"/>
+    <w:rsid w:val="00830898"/>
+    <w:rsid w:val="00832F2E"/>
+    <w:rsid w:val="0084241C"/>
+    <w:rsid w:val="00855B4A"/>
+    <w:rsid w:val="00911C53"/>
+    <w:rsid w:val="0096557B"/>
+    <w:rsid w:val="009708BB"/>
+    <w:rsid w:val="0098542D"/>
+    <w:rsid w:val="00986E1A"/>
+    <w:rsid w:val="0099189A"/>
+    <w:rsid w:val="009962F0"/>
+    <w:rsid w:val="009B5598"/>
+    <w:rsid w:val="009E17F6"/>
+    <w:rsid w:val="00A20A6D"/>
+    <w:rsid w:val="00A5369D"/>
+    <w:rsid w:val="00A7789F"/>
+    <w:rsid w:val="00AA1269"/>
+    <w:rsid w:val="00AB2CD8"/>
+    <w:rsid w:val="00AC1723"/>
+    <w:rsid w:val="00AC31E4"/>
+    <w:rsid w:val="00AD35D4"/>
+    <w:rsid w:val="00AE7185"/>
+    <w:rsid w:val="00B210F1"/>
+    <w:rsid w:val="00B968EA"/>
+    <w:rsid w:val="00BF442A"/>
+    <w:rsid w:val="00C52C12"/>
+    <w:rsid w:val="00CA20FD"/>
+    <w:rsid w:val="00D06A22"/>
+    <w:rsid w:val="00D1255A"/>
+    <w:rsid w:val="00D64088"/>
+    <w:rsid w:val="00D94C9D"/>
+    <w:rsid w:val="00DA7406"/>
+    <w:rsid w:val="00E015C7"/>
+    <w:rsid w:val="00E15005"/>
+    <w:rsid w:val="00E22569"/>
+    <w:rsid w:val="00E72AD6"/>
+    <w:rsid w:val="00E85455"/>
+    <w:rsid w:val="00E8737C"/>
+    <w:rsid w:val="00E95A3F"/>
+    <w:rsid w:val="00EC0CB1"/>
+    <w:rsid w:val="00ED2431"/>
+    <w:rsid w:val="00EF12C6"/>
+    <w:rsid w:val="00F276BE"/>
+    <w:rsid w:val="00F40132"/>
+    <w:rsid w:val="00F77C23"/>
+    <w:rsid w:val="00FA49D9"/>
+    <w:rsid w:val="00FA4A26"/>
+    <w:rsid w:val="00FF5E84"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-IN" w:eastAsia="zh-TW"/>
+  <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="7122ED02"/>
+  <w14:docId w14:val="4CEABE57"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{5DB345F4-05D1-473F-92FB-0514988A640F}"/>
+  <w15:docId w15:val="{C184A20F-BD76-4B09-B773-FF72CDE0E21A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-IN" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6223,193 +2968,621 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="009962F0"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:lang w:val="en-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="009962F0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+      <w:lang w:val="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009962F0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009962F0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009962F0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:val="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009962F0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:val="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009962F0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:lang w:val="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009962F0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:lang w:val="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009962F0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:lang w:val="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009962F0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:lang w:val="en-AU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="009962F0"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009962F0"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009962F0"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009962F0"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009962F0"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009962F0"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009962F0"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009962F0"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009962F0"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="009962F0"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+      <w:lang w:val="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="009962F0"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="009962F0"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="009962F0"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="009962F0"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:lang w:val="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="009962F0"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="009962F0"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:lang w:val="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="009962F0"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="009962F0"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:val="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="009962F0"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="009962F0"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="006C0C1F"/>
+    <w:rsid w:val="009962F0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
-[...81 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.svg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.svg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6667,95 +3840,395 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010058DB8C99DE615C47BFB3C9C2C7D864EE" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="39ad6f5976b77ea68bcf977f8cb39938">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="36826389-1144-45d5-a06c-b69b2f12fd17" xmlns:ns3="6075b8db-a517-4ae2-8c04-dc624de950b3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a499adf704cfe5bcb91ff583230df539" ns2:_="" ns3:_="">
+    <xsd:import namespace="36826389-1144-45d5-a06c-b69b2f12fd17"/>
+    <xsd:import namespace="6075b8db-a517-4ae2-8c04-dc624de950b3"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="36826389-1144-45d5-a06c-b69b2f12fd17" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="16" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="c82aebf9-bd50-4fa2-8791-c5ff1e62ca73" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6075b8db-a517-4ae2-8c04-dc624de950b3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{712fdfa0-d50e-4590-83a6-74c4b8c3d51c}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6075b8db-a517-4ae2-8c04-dc624de950b3">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="36826389-1144-45d5-a06c-b69b2f12fd17">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="6075b8db-a517-4ae2-8c04-dc624de950b3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{87F1A7D7-C8AF-445A-8B82-FD0FAA999ED8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C05A2ACE-F2DD-417F-B9A0-31F52633178E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9F94144E-D89F-414E-B633-05FDB6EFB9FC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="36826389-1144-45d5-a06c-b69b2f12fd17"/>
+    <ds:schemaRef ds:uri="6075b8db-a517-4ae2-8c04-dc624de950b3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{670B0EDB-8C77-44E0-985C-E09C18472590}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="36826389-1144-45d5-a06c-b69b2f12fd17"/>
+    <ds:schemaRef ds:uri="6075b8db-a517-4ae2-8c04-dc624de950b3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>316</Words>
-  <Characters>1615</Characters>
+  <Words>352</Words>
+  <Characters>1953</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>98</Lines>
-  <Paragraphs>36</Paragraphs>
+  <Lines>94</Lines>
+  <Paragraphs>41</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Australian Broadcasting Corporation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1930</CharactersWithSpaces>
+  <CharactersWithSpaces>2287</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Banumathi Shinde</dc:creator>
+  <dc:creator>Alycia Crofton</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>